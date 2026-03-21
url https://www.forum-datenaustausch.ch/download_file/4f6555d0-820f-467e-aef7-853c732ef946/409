--- v0 (2026-02-04)
+++ v1 (2026-03-21)
@@ -6,71 +6,71 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/customProperty1.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Override PartName="/xl/customProperty2.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Override PartName="/xl/customProperty3.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Daten\SEKRETARIAT_ZMT\FoDa-Website\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\hkj5p\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{61BE2131-9C51-4901-8137-0C8290C1D9EF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{25ED86FA-568F-4B7A-B84E-587A0C2271A6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{090669FE-A8E4-4C77-ADB9-C237E96D752E}"/>
+    <workbookView xWindow="-104" yWindow="-104" windowWidth="22326" windowHeight="11924" xr2:uid="{090669FE-A8E4-4C77-ADB9-C237E96D752E}"/>
   </bookViews>
   <sheets>
     <sheet name="Tariftyp-Liste" sheetId="1" r:id="rId1"/>
     <sheet name="Bila-Tariftyp" sheetId="2" r:id="rId2"/>
     <sheet name="Terminiert Tariftyp" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Tariftyp-Liste'!$A$4:$AO$116</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">'Terminiert Tariftyp'!$A$4:$AO$36</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">'Terminiert Tariftyp'!$A$4:$AO$37</definedName>
   </definedNames>
-  <calcPr calcId="191029" concurrentManualCount="12"/>
+  <calcPr calcId="191029" iterate="1"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="AJ77" i="1" l="1"/>
   <c r="AJ108" i="1"/>
   <c r="AJ109" i="1"/>
   <c r="AJ110" i="1"/>
   <c r="AJ111" i="1"/>
   <c r="AJ112" i="1"/>
   <c r="AJ113" i="1"/>
@@ -149,51 +149,51 @@
   <c r="AK39" i="1"/>
   <c r="AK37" i="1"/>
   <c r="AK35" i="1"/>
   <c r="AJ34" i="1"/>
   <c r="AJ30" i="1"/>
   <c r="AJ29" i="1"/>
   <c r="AI28" i="1"/>
   <c r="AI26" i="1"/>
   <c r="AK25" i="1"/>
   <c r="AK24" i="1"/>
   <c r="AI23" i="1"/>
   <c r="AK22" i="1"/>
   <c r="AK21" i="1"/>
   <c r="AI19" i="1"/>
   <c r="AI16" i="1"/>
   <c r="AI15" i="1"/>
   <c r="AI13" i="1"/>
   <c r="AJ12" i="1"/>
   <c r="AI11" i="1"/>
   <c r="AI10" i="1"/>
   <c r="AI5" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1506" uniqueCount="585">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1508" uniqueCount="587">
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Tarifbezeichnung</t>
   </si>
   <si>
     <t>Tarifbeschreibung</t>
   </si>
   <si>
     <t>Tarifverträge</t>
   </si>
   <si>
     <t>Spital</t>
   </si>
   <si>
     <t>Arzt</t>
   </si>
   <si>
     <t>Apotheke</t>
   </si>
   <si>
     <t>Physiotherapie</t>
   </si>
   <si>
@@ -1688,53 +1688,50 @@
     <t>Psychothérapie Tarif AA/AM/AI</t>
   </si>
   <si>
     <t>Pflegeheim</t>
   </si>
   <si>
     <t>Podologie LAMal</t>
   </si>
   <si>
     <t>Traitement ambulatoire à domicile des plaies par pression négative AA/AI/AM</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>Organisation Podologie Schweiz OPS</t>
   </si>
   <si>
     <t>Mindestens bis 31.12.2023 bzw. bis die definitive Tarifstruktur in Kraft tritt
 Analogie bis auf Weiteres und ohne Präjudiz auch im UVG, MVG und IVG.</t>
   </si>
   <si>
     <t>FSP/H+/curafutura/Santésuisse</t>
   </si>
   <si>
-    <t>smf / 20230419</t>
-[...1 lines deleted...]
-  <si>
     <t>Tarifmodell PS25</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
     <t>KVG-FL: Pflege ambulant</t>
   </si>
   <si>
     <t>KVG-FL: Pflege stationär</t>
   </si>
   <si>
     <t>091</t>
   </si>
   <si>
     <t>KVG-FL : soins ambulatoires</t>
   </si>
   <si>
     <t>KVG-FL : soins stationnaires</t>
   </si>
   <si>
     <t xml:space="preserve">Tarif für Akontozahlungen </t>
@@ -1893,81 +1890,90 @@
   <si>
     <t>Nutzung durch IV entfernt</t>
   </si>
   <si>
     <t>prio.swiss, Spitex Schweiz, CURAVIVA</t>
   </si>
   <si>
     <t>prio.swiss, Spitex Schweiz</t>
   </si>
   <si>
     <t>prio.swiss, CURAVIVA</t>
   </si>
   <si>
     <t>Verantwortlichkeiten angepasst; Link eingefügt</t>
   </si>
   <si>
     <t>Tarifvertrag ergänzt; Verantwortlichkeiten angepasst; Link eingefügt</t>
   </si>
   <si>
     <t>960</t>
   </si>
   <si>
     <t>Tarif évaluateur AA / AM</t>
   </si>
   <si>
-    <t>smf,ing / 20260121</t>
-[...1 lines deleted...]
-  <si>
     <t>Tarif für Augenprothesen UV / MV / IV</t>
   </si>
   <si>
     <t>Tarif de prothèse occulaire AA / AM / AI</t>
   </si>
   <si>
     <t xml:space="preserve">Tarif pour infirmières et infirmiers ASI selon AA / AM / AI </t>
   </si>
   <si>
     <t>Tarif für Hörgeräte (HZV) UV/MV</t>
   </si>
   <si>
     <t>Evaluation der funktionellen Leistungsfähigkeit (EFL) UV/MV/IV</t>
   </si>
   <si>
     <t>Tarif pour appareils acoustiques (HZV) AA/AM</t>
   </si>
   <si>
     <t>Evaluation de la capacité fonctionnelle (ECF) AI/AM/AI</t>
   </si>
   <si>
     <t>Transporte und Rettungen UV/MV/IV</t>
   </si>
   <si>
     <t>Transports et sauvetages AA/AM/AI</t>
   </si>
   <si>
     <t>Leistungskatalog ambulante Arzttarife (LKAAT)</t>
+  </si>
+  <si>
+    <t>ing / 20260310</t>
+  </si>
+  <si>
+    <t>Tarif beendet, Ausnahme: Leistungen der psychologischen Psychotherapie (TARMED 1.08_BR, KNR 02.02, LNR 02.0110, 02.0120, 02.0130, 02.0140, 02.0150, 02.0160) können von UV/IV/MV weiterhin verrechnet werden.</t>
+  </si>
+  <si>
+    <t>Gültig bis nachträglich mutiert</t>
+  </si>
+  <si>
+    <t>ing / 20230310</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="164" formatCode="yyyy\-mm\-dd;@"/>
   </numFmts>
   <fonts count="35" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -2505,51 +2511,51 @@
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="34" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="153">
+  <cellXfs count="138">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
@@ -2704,304 +2710,259 @@
     </xf>
     <xf numFmtId="0" fontId="17" fillId="3" borderId="13" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="10" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="4" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="4" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="3" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="33" fillId="0" borderId="13" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="4" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="13" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="18" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="49" fontId="18" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="13" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="18" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="18" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="18" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="18" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="23" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="23" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="15" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="10" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="164" fontId="4" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
-    <xf numFmtId="14" fontId="2" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...14 lines deleted...]
-    <xf numFmtId="164" fontId="4" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
-    </xf>
-[...139 lines deleted...]
-      <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
-    </xf>
-[...16 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="4" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="4" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="16" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="4" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="4" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="4" borderId="10" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="6" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="9" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="7" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="11" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="27" fillId="4" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="4" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="4" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="4" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="4" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="4" fillId="3" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="5">
     <cellStyle name="Akzent5" xfId="1" builtinId="45"/>
     <cellStyle name="Comma 2" xfId="4" xr:uid="{6E0AA5E8-04D6-4FF1-A3EF-765EBDA7CFAC}"/>
     <cellStyle name="Link" xfId="2" builtinId="8"/>
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
     <cellStyle name="Standard 2" xfId="3" xr:uid="{6BD023AC-D193-43B5-9457-1AE438286B37}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFFFF66"/>
       <color rgb="FFFFFF99"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
@@ -3303,9716 +3264,9400 @@
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.suva.ch/de-ch/download/weitere-artikel/tarifvertrag-arbeitsmedizinische-vorsorge/tarifvertrag-arbeitsmedizinische-vorsorge" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty2.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty3.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CFFA0520-34B6-4081-944A-A9D8E3BD899B}">
   <dimension ref="A1:AO124"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="C6" sqref="C6"/>
+      <selection pane="bottomLeft" activeCell="AO1" sqref="AO1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="15" outlineLevelCol="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="9.09765625" defaultRowHeight="14.4" outlineLevelCol="1" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="5.5703125" style="1" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="9.42578125" style="2" customWidth="1"/>
+    <col min="1" max="1" width="5.59765625" style="1" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="9.3984375" style="2" customWidth="1"/>
     <col min="3" max="3" width="93" style="3" customWidth="1"/>
     <col min="4" max="4" width="93" style="2" customWidth="1" outlineLevel="1"/>
-    <col min="5" max="5" width="24.140625" style="3" customWidth="1" outlineLevel="1"/>
-[...1 lines deleted...]
-    <col min="8" max="8" width="4.85546875" style="2" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="24.09765625" style="3" customWidth="1" outlineLevel="1"/>
+    <col min="6" max="7" width="5.59765625" style="2" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="4.8984375" style="2" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="6" style="2" bestFit="1" customWidth="1"/>
-    <col min="10" max="10" width="5.5703125" style="2" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="5.59765625" style="2" bestFit="1" customWidth="1"/>
     <col min="11" max="22" width="3" style="2" customWidth="1"/>
     <col min="23" max="28" width="3" style="2" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="29" max="29" width="3" style="2" customWidth="1" collapsed="1"/>
     <col min="30" max="32" width="3" style="2" customWidth="1"/>
-    <col min="33" max="33" width="29.42578125" style="4" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="41" max="41" width="54.42578125" style="2" customWidth="1"/>
+    <col min="33" max="33" width="29.3984375" style="4" customWidth="1"/>
+    <col min="34" max="34" width="31.3984375" style="5" customWidth="1"/>
+    <col min="35" max="35" width="18.59765625" style="2" customWidth="1"/>
+    <col min="36" max="36" width="18.8984375" style="3" customWidth="1"/>
+    <col min="37" max="37" width="18.59765625" style="3" customWidth="1"/>
+    <col min="38" max="38" width="20.59765625" style="2" customWidth="1"/>
+    <col min="39" max="40" width="11.59765625" style="2" bestFit="1" customWidth="1"/>
+    <col min="41" max="41" width="54.3984375" style="2" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:41" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:41" x14ac:dyDescent="0.3">
       <c r="C1" s="55" t="s">
-        <v>574</v>
-[...3 lines deleted...]
-      <c r="A2" s="138" t="s">
+        <v>583</v>
+      </c>
+    </row>
+    <row r="2" spans="1:41" ht="21.05" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="105" t="s">
         <v>470</v>
       </c>
-      <c r="B2" s="140" t="s">
+      <c r="B2" s="107" t="s">
         <v>0</v>
       </c>
-      <c r="C2" s="142" t="s">
+      <c r="C2" s="109" t="s">
         <v>1</v>
       </c>
-      <c r="D2" s="144" t="s">
+      <c r="D2" s="111" t="s">
         <v>1</v>
       </c>
       <c r="E2" s="33" t="s">
         <v>2</v>
       </c>
-      <c r="F2" s="145" t="s">
+      <c r="F2" s="112" t="s">
         <v>3</v>
       </c>
-      <c r="G2" s="146"/>
-[...3 lines deleted...]
-      <c r="K2" s="136" t="s">
+      <c r="G2" s="113"/>
+      <c r="H2" s="113"/>
+      <c r="I2" s="113"/>
+      <c r="J2" s="114"/>
+      <c r="K2" s="103" t="s">
         <v>4</v>
       </c>
-      <c r="L2" s="136" t="s">
+      <c r="L2" s="103" t="s">
         <v>5</v>
       </c>
-      <c r="M2" s="136" t="s">
+      <c r="M2" s="103" t="s">
         <v>6</v>
       </c>
-      <c r="N2" s="136" t="s">
+      <c r="N2" s="103" t="s">
         <v>7</v>
       </c>
-      <c r="O2" s="136" t="s">
+      <c r="O2" s="103" t="s">
         <v>8</v>
       </c>
-      <c r="P2" s="136" t="s">
+      <c r="P2" s="103" t="s">
         <v>9</v>
       </c>
-      <c r="Q2" s="136" t="s">
+      <c r="Q2" s="103" t="s">
         <v>10</v>
       </c>
-      <c r="R2" s="136" t="s">
+      <c r="R2" s="103" t="s">
         <v>11</v>
       </c>
-      <c r="S2" s="136" t="s">
+      <c r="S2" s="103" t="s">
         <v>12</v>
       </c>
-      <c r="T2" s="136" t="s">
+      <c r="T2" s="103" t="s">
         <v>13</v>
       </c>
-      <c r="U2" s="136" t="s">
+      <c r="U2" s="103" t="s">
         <v>14</v>
       </c>
-      <c r="V2" s="136" t="s">
+      <c r="V2" s="103" t="s">
         <v>499</v>
       </c>
-      <c r="W2" s="136" t="s">
+      <c r="W2" s="103" t="s">
         <v>15</v>
       </c>
-      <c r="X2" s="136" t="s">
+      <c r="X2" s="103" t="s">
         <v>16</v>
       </c>
-      <c r="Y2" s="136" t="s">
+      <c r="Y2" s="103" t="s">
         <v>17</v>
       </c>
-      <c r="Z2" s="136" t="s">
+      <c r="Z2" s="103" t="s">
         <v>18</v>
       </c>
-      <c r="AA2" s="136" t="s">
+      <c r="AA2" s="103" t="s">
         <v>19</v>
       </c>
-      <c r="AB2" s="136" t="s">
+      <c r="AB2" s="103" t="s">
         <v>20</v>
       </c>
-      <c r="AC2" s="136" t="s">
+      <c r="AC2" s="103" t="s">
         <v>21</v>
       </c>
-      <c r="AD2" s="136" t="s">
+      <c r="AD2" s="103" t="s">
         <v>22</v>
       </c>
-      <c r="AE2" s="136" t="s">
+      <c r="AE2" s="103" t="s">
         <v>23</v>
       </c>
-      <c r="AF2" s="136" t="s">
+      <c r="AF2" s="103" t="s">
         <v>24</v>
       </c>
-      <c r="AG2" s="130" t="s">
+      <c r="AG2" s="115" t="s">
         <v>25</v>
       </c>
-      <c r="AH2" s="130" t="s">
+      <c r="AH2" s="115" t="s">
         <v>26</v>
       </c>
-      <c r="AI2" s="130" t="s">
+      <c r="AI2" s="115" t="s">
         <v>27</v>
       </c>
-      <c r="AJ2" s="130" t="s">
+      <c r="AJ2" s="115" t="s">
         <v>28</v>
       </c>
-      <c r="AK2" s="130" t="s">
+      <c r="AK2" s="115" t="s">
         <v>29</v>
       </c>
-      <c r="AL2" s="132" t="s">
+      <c r="AL2" s="117" t="s">
         <v>30</v>
       </c>
-      <c r="AM2" s="132" t="s">
+      <c r="AM2" s="117" t="s">
         <v>31</v>
       </c>
-      <c r="AN2" s="132" t="s">
+      <c r="AN2" s="117" t="s">
         <v>462</v>
       </c>
-      <c r="AO2" s="134" t="s">
+      <c r="AO2" s="119" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="3" spans="1:41" ht="93.75" customHeight="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="D3" s="144"/>
+    <row r="3" spans="1:41" ht="93.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="106"/>
+      <c r="B3" s="108"/>
+      <c r="C3" s="110"/>
+      <c r="D3" s="111"/>
       <c r="E3" s="34"/>
       <c r="F3" s="35" t="s">
         <v>34</v>
       </c>
       <c r="G3" s="35" t="s">
         <v>35</v>
       </c>
       <c r="H3" s="35" t="s">
         <v>36</v>
       </c>
       <c r="I3" s="35" t="s">
         <v>37</v>
       </c>
       <c r="J3" s="35" t="s">
         <v>38</v>
       </c>
-      <c r="K3" s="137"/>
-[...31 lines deleted...]
-    <row r="4" spans="1:41" x14ac:dyDescent="0.25">
+      <c r="K3" s="104"/>
+      <c r="L3" s="104"/>
+      <c r="M3" s="104"/>
+      <c r="N3" s="104"/>
+      <c r="O3" s="104"/>
+      <c r="P3" s="104"/>
+      <c r="Q3" s="104"/>
+      <c r="R3" s="104"/>
+      <c r="S3" s="104"/>
+      <c r="T3" s="104"/>
+      <c r="U3" s="104"/>
+      <c r="V3" s="104"/>
+      <c r="W3" s="104"/>
+      <c r="X3" s="104"/>
+      <c r="Y3" s="104"/>
+      <c r="Z3" s="104"/>
+      <c r="AA3" s="104"/>
+      <c r="AB3" s="104"/>
+      <c r="AC3" s="104"/>
+      <c r="AD3" s="104"/>
+      <c r="AE3" s="104"/>
+      <c r="AF3" s="104"/>
+      <c r="AG3" s="116"/>
+      <c r="AH3" s="116"/>
+      <c r="AI3" s="116"/>
+      <c r="AJ3" s="116"/>
+      <c r="AK3" s="116"/>
+      <c r="AL3" s="118"/>
+      <c r="AM3" s="118"/>
+      <c r="AN3" s="118"/>
+      <c r="AO3" s="120"/>
+    </row>
+    <row r="4" spans="1:41" x14ac:dyDescent="0.3">
       <c r="A4" s="36"/>
       <c r="B4" s="37"/>
       <c r="C4" s="40"/>
       <c r="D4" s="41"/>
       <c r="E4" s="42"/>
       <c r="F4" s="39"/>
       <c r="G4" s="38"/>
       <c r="H4" s="38"/>
       <c r="I4" s="38"/>
       <c r="J4" s="38"/>
       <c r="K4" s="39"/>
       <c r="L4" s="38"/>
       <c r="M4" s="38"/>
       <c r="N4" s="38"/>
       <c r="O4" s="38"/>
       <c r="P4" s="38"/>
       <c r="Q4" s="38"/>
       <c r="R4" s="38"/>
       <c r="S4" s="38"/>
       <c r="T4" s="38"/>
       <c r="U4" s="39"/>
       <c r="V4" s="48"/>
       <c r="W4" s="48"/>
       <c r="X4" s="38"/>
       <c r="Y4" s="38"/>
       <c r="Z4" s="39"/>
       <c r="AA4" s="39"/>
       <c r="AB4" s="48"/>
       <c r="AC4" s="38"/>
       <c r="AD4" s="39"/>
       <c r="AE4" s="39"/>
       <c r="AF4" s="39"/>
       <c r="AG4" s="41"/>
       <c r="AH4" s="41"/>
       <c r="AI4" s="41"/>
       <c r="AJ4" s="43"/>
       <c r="AK4" s="44"/>
       <c r="AL4" s="45"/>
       <c r="AM4" s="46"/>
       <c r="AN4" s="45"/>
       <c r="AO4" s="47"/>
     </row>
-    <row r="5" spans="1:41" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="68" t="s">
+    <row r="5" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="B5" s="69" t="s">
+      <c r="B5" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C5" s="70" t="s">
+      <c r="C5" s="8" t="s">
         <v>41</v>
       </c>
-      <c r="D5" s="70" t="s">
+      <c r="D5" s="8" t="s">
         <v>41</v>
       </c>
-      <c r="E5" s="71"/>
-[...41 lines deleted...]
-      <c r="AG5" s="73" t="s">
+      <c r="E5" s="9"/>
+      <c r="F5" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="G5" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="H5" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="I5" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="J5" s="10"/>
+      <c r="K5" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="L5" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="M5" s="10"/>
+      <c r="N5" s="10"/>
+      <c r="O5" s="10"/>
+      <c r="P5" s="10"/>
+      <c r="Q5" s="10"/>
+      <c r="R5" s="10"/>
+      <c r="S5" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="T5" s="10"/>
+      <c r="U5" s="10"/>
+      <c r="V5" s="10"/>
+      <c r="W5" s="10"/>
+      <c r="X5" s="10"/>
+      <c r="Y5" s="10"/>
+      <c r="Z5" s="10"/>
+      <c r="AA5" s="10"/>
+      <c r="AB5" s="10"/>
+      <c r="AC5" s="10"/>
+      <c r="AD5" s="10"/>
+      <c r="AE5" s="10"/>
+      <c r="AF5" s="10"/>
+      <c r="AG5" s="11" t="s">
         <v>43</v>
       </c>
-      <c r="AH5" s="73" t="s">
+      <c r="AH5" s="11" t="s">
         <v>43</v>
       </c>
       <c r="AI5" s="12" t="str">
         <f>HYPERLINK("https://www.bag.admin.ch/bag/de/home/versicherungen/krankenversicherung/krankenversicherung-leistungen-tarife/Aerztliche-Leistungen-in-der-Krankenversicherung/Tarifsystem-Tarmed.html","Link")</f>
         <v>Link</v>
       </c>
-      <c r="AJ5" s="74"/>
+      <c r="AJ5" s="13"/>
       <c r="AK5" s="14"/>
-      <c r="AL5" s="75">
+      <c r="AL5" s="15">
         <v>37257</v>
       </c>
-      <c r="AM5" s="75">
-[...8 lines deleted...]
-      <c r="A6" s="77" t="s">
+      <c r="AM5" s="126">
+        <v>46022</v>
+      </c>
+      <c r="AN5" s="126">
+        <v>46063</v>
+      </c>
+      <c r="AO5" s="68" t="s">
+        <v>584</v>
+      </c>
+    </row>
+    <row r="6" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="18" t="s">
         <v>45</v>
       </c>
-      <c r="B6" s="69" t="s">
+      <c r="B6" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C6" s="78" t="s">
-[...9 lines deleted...]
-      <c r="G6" s="72" t="s">
+      <c r="C6" s="19" t="s">
+        <v>539</v>
+      </c>
+      <c r="D6" s="19" t="s">
+        <v>554</v>
+      </c>
+      <c r="E6" s="16"/>
+      <c r="F6" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="G6" s="10" t="s">
         <v>78</v>
       </c>
-      <c r="H6" s="72" t="s">
+      <c r="H6" s="10" t="s">
         <v>78</v>
       </c>
-      <c r="I6" s="72" t="s">
+      <c r="I6" s="10" t="s">
         <v>78</v>
       </c>
-      <c r="J6" s="80"/>
-[...25 lines deleted...]
-      <c r="AH6" s="73" t="s">
+      <c r="J6" s="20"/>
+      <c r="K6" s="20"/>
+      <c r="L6" s="20"/>
+      <c r="M6" s="20"/>
+      <c r="N6" s="20"/>
+      <c r="O6" s="20"/>
+      <c r="P6" s="20"/>
+      <c r="Q6" s="20"/>
+      <c r="R6" s="20"/>
+      <c r="S6" s="20"/>
+      <c r="T6" s="20"/>
+      <c r="U6" s="20"/>
+      <c r="V6" s="20"/>
+      <c r="W6" s="20"/>
+      <c r="X6" s="20"/>
+      <c r="Y6" s="20"/>
+      <c r="Z6" s="20"/>
+      <c r="AA6" s="20"/>
+      <c r="AB6" s="20"/>
+      <c r="AC6" s="20"/>
+      <c r="AD6" s="20"/>
+      <c r="AE6" s="20"/>
+      <c r="AF6" s="20"/>
+      <c r="AG6" s="11" t="s">
+        <v>538</v>
+      </c>
+      <c r="AH6" s="11" t="s">
         <v>62</v>
       </c>
       <c r="AI6" s="12"/>
       <c r="AJ6" s="12" t="str">
         <f>HYPERLINK("https://www.sasis.ch/edi/referenzdaten-zu-tarifen/","Link")</f>
         <v>Link</v>
       </c>
       <c r="AK6" s="12"/>
-      <c r="AL6" s="81">
+      <c r="AL6" s="21">
         <v>42370</v>
       </c>
-      <c r="AM6" s="81">
+      <c r="AM6" s="21">
         <v>2958465</v>
       </c>
-      <c r="AN6" s="81">
+      <c r="AN6" s="21">
         <v>45784</v>
       </c>
-      <c r="AO6" s="76" t="s">
-[...4 lines deleted...]
-      <c r="A7" s="77" t="s">
+      <c r="AO6" s="68" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="7" spans="1:41" s="58" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="18" t="s">
         <v>484</v>
       </c>
-      <c r="B7" s="69" t="s">
+      <c r="B7" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C7" s="78" t="s">
+      <c r="C7" s="19" t="s">
         <v>485</v>
       </c>
-      <c r="D7" s="78" t="s">
-[...46 lines deleted...]
-        <v>527</v>
+      <c r="D7" s="19" t="s">
+        <v>555</v>
+      </c>
+      <c r="E7" s="16"/>
+      <c r="F7" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="G7" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="H7" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="I7" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="J7" s="20"/>
+      <c r="K7" s="20" t="s">
+        <v>42</v>
+      </c>
+      <c r="L7" s="20" t="s">
+        <v>42</v>
+      </c>
+      <c r="M7" s="20"/>
+      <c r="N7" s="20"/>
+      <c r="O7" s="20"/>
+      <c r="P7" s="20"/>
+      <c r="Q7" s="20"/>
+      <c r="R7" s="69"/>
+      <c r="S7" s="69"/>
+      <c r="T7" s="69"/>
+      <c r="U7" s="69"/>
+      <c r="V7" s="69"/>
+      <c r="W7" s="69"/>
+      <c r="X7" s="69"/>
+      <c r="Y7" s="69"/>
+      <c r="Z7" s="69"/>
+      <c r="AA7" s="69"/>
+      <c r="AB7" s="69"/>
+      <c r="AC7" s="69"/>
+      <c r="AD7" s="69"/>
+      <c r="AE7" s="69"/>
+      <c r="AF7" s="69"/>
+      <c r="AG7" s="19" t="s">
+        <v>526</v>
+      </c>
+      <c r="AH7" s="19" t="s">
+        <v>526</v>
       </c>
       <c r="AI7" s="12" t="str">
         <f>HYPERLINK("https://oaat-otma.ch/informationen/gesamt-tarifsystem","Link")</f>
         <v>Link</v>
       </c>
       <c r="AJ7" s="27"/>
       <c r="AK7" s="27"/>
-      <c r="AL7" s="81">
+      <c r="AL7" s="21">
         <v>46023</v>
       </c>
-      <c r="AM7" s="81">
+      <c r="AM7" s="21">
         <v>2958465</v>
       </c>
-      <c r="AN7" s="81">
+      <c r="AN7" s="21">
         <v>45784</v>
       </c>
-      <c r="AO7" s="76" t="s">
-[...4 lines deleted...]
-      <c r="A8" s="77" t="s">
+      <c r="AO7" s="68" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="8" spans="1:41" s="58" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="18" t="s">
         <v>46</v>
       </c>
-      <c r="B8" s="69" t="s">
+      <c r="B8" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C8" s="78" t="s">
+      <c r="C8" s="19" t="s">
         <v>483</v>
       </c>
-      <c r="D8" s="78" t="s">
+      <c r="D8" s="19" t="s">
         <v>483</v>
       </c>
-      <c r="E8" s="79"/>
-[...43 lines deleted...]
-        <v>527</v>
+      <c r="E8" s="16"/>
+      <c r="F8" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="G8" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="H8" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="I8" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="J8" s="20"/>
+      <c r="K8" s="20" t="s">
+        <v>42</v>
+      </c>
+      <c r="L8" s="20" t="s">
+        <v>42</v>
+      </c>
+      <c r="M8" s="20"/>
+      <c r="N8" s="20"/>
+      <c r="O8" s="20"/>
+      <c r="P8" s="20"/>
+      <c r="Q8" s="20"/>
+      <c r="R8" s="69"/>
+      <c r="S8" s="69"/>
+      <c r="T8" s="69"/>
+      <c r="U8" s="69"/>
+      <c r="V8" s="69"/>
+      <c r="W8" s="69"/>
+      <c r="X8" s="69"/>
+      <c r="Y8" s="69"/>
+      <c r="Z8" s="69"/>
+      <c r="AA8" s="69"/>
+      <c r="AB8" s="69"/>
+      <c r="AC8" s="69"/>
+      <c r="AD8" s="69"/>
+      <c r="AE8" s="69"/>
+      <c r="AF8" s="69"/>
+      <c r="AG8" s="19" t="s">
+        <v>526</v>
+      </c>
+      <c r="AH8" s="19" t="s">
+        <v>526</v>
       </c>
       <c r="AI8" s="12" t="str">
         <f>HYPERLINK("https://oaat-otma.ch/informationen/gesamt-tarifsystem","Link")</f>
         <v>Link</v>
       </c>
       <c r="AJ8" s="27"/>
       <c r="AK8" s="27"/>
-      <c r="AL8" s="81">
+      <c r="AL8" s="21">
         <v>46023</v>
       </c>
-      <c r="AM8" s="81">
+      <c r="AM8" s="21">
         <v>2958465</v>
       </c>
-      <c r="AN8" s="81">
+      <c r="AN8" s="21">
         <v>45784</v>
       </c>
-      <c r="AO8" s="76" t="s">
-[...7 lines deleted...]
-      <c r="B9" s="69" t="s">
+      <c r="AO8" s="68" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="9" spans="1:41" s="58" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="18" t="s">
+        <v>537</v>
+      </c>
+      <c r="B9" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C9" s="78" t="s">
-[...49 lines deleted...]
-        <v>527</v>
+      <c r="C9" s="19" t="s">
+        <v>582</v>
+      </c>
+      <c r="D9" s="19" t="s">
+        <v>556</v>
+      </c>
+      <c r="E9" s="16"/>
+      <c r="F9" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="G9" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="H9" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="I9" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="J9" s="20"/>
+      <c r="K9" s="20" t="s">
+        <v>42</v>
+      </c>
+      <c r="L9" s="20" t="s">
+        <v>42</v>
+      </c>
+      <c r="M9" s="20"/>
+      <c r="N9" s="20"/>
+      <c r="O9" s="20"/>
+      <c r="P9" s="20"/>
+      <c r="Q9" s="20"/>
+      <c r="R9" s="69"/>
+      <c r="S9" s="69"/>
+      <c r="T9" s="69"/>
+      <c r="U9" s="69"/>
+      <c r="V9" s="69"/>
+      <c r="W9" s="69"/>
+      <c r="X9" s="69"/>
+      <c r="Y9" s="69"/>
+      <c r="Z9" s="69"/>
+      <c r="AA9" s="69"/>
+      <c r="AB9" s="69"/>
+      <c r="AC9" s="69"/>
+      <c r="AD9" s="69"/>
+      <c r="AE9" s="69"/>
+      <c r="AF9" s="69"/>
+      <c r="AG9" s="19" t="s">
+        <v>526</v>
+      </c>
+      <c r="AH9" s="19" t="s">
+        <v>526</v>
       </c>
       <c r="AI9" s="12" t="str">
         <f>HYPERLINK("https://oaat-otma.ch/informationen/gesamt-tarifsystem","Link")</f>
         <v>Link</v>
       </c>
       <c r="AJ9" s="27"/>
       <c r="AK9" s="27"/>
-      <c r="AL9" s="81">
+      <c r="AL9" s="21">
         <v>46023</v>
       </c>
-      <c r="AM9" s="81">
+      <c r="AM9" s="21">
         <v>2958465</v>
       </c>
-      <c r="AN9" s="81">
+      <c r="AN9" s="21">
         <v>45784</v>
       </c>
-      <c r="AO9" s="76" t="s">
-[...4 lines deleted...]
-      <c r="A10" s="77" t="s">
+      <c r="AO9" s="68" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="10" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="18" t="s">
         <v>52</v>
       </c>
-      <c r="B10" s="69" t="s">
+      <c r="B10" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C10" s="78" t="s">
+      <c r="C10" s="19" t="s">
         <v>53</v>
       </c>
-      <c r="D10" s="78" t="s">
+      <c r="D10" s="19" t="s">
         <v>53</v>
       </c>
-      <c r="E10" s="79"/>
-[...39 lines deleted...]
-      <c r="AG10" s="83" t="s">
+      <c r="E10" s="16"/>
+      <c r="F10" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="G10" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="H10" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="I10" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="J10" s="20"/>
+      <c r="K10" s="20" t="s">
+        <v>42</v>
+      </c>
+      <c r="L10" s="20"/>
+      <c r="M10" s="20"/>
+      <c r="N10" s="20"/>
+      <c r="O10" s="20"/>
+      <c r="P10" s="20"/>
+      <c r="Q10" s="20"/>
+      <c r="R10" s="20"/>
+      <c r="S10" s="20"/>
+      <c r="T10" s="20"/>
+      <c r="U10" s="20"/>
+      <c r="V10" s="20"/>
+      <c r="W10" s="20"/>
+      <c r="X10" s="20"/>
+      <c r="Y10" s="20"/>
+      <c r="Z10" s="20"/>
+      <c r="AA10" s="20"/>
+      <c r="AB10" s="20"/>
+      <c r="AC10" s="20"/>
+      <c r="AD10" s="20"/>
+      <c r="AE10" s="20" t="s">
+        <v>42</v>
+      </c>
+      <c r="AF10" s="20"/>
+      <c r="AG10" s="17" t="s">
         <v>54</v>
       </c>
-      <c r="AH10" s="83" t="s">
+      <c r="AH10" s="17" t="s">
         <v>54</v>
       </c>
       <c r="AI10" s="12" t="str">
         <f>HYPERLINK("https://www.swissdrg.org/de/akutsomatik/swissdrg","Link")</f>
         <v>Link</v>
       </c>
       <c r="AJ10" s="12"/>
       <c r="AK10" s="12"/>
-      <c r="AL10" s="81">
+      <c r="AL10" s="21">
         <v>40179</v>
       </c>
-      <c r="AM10" s="81">
+      <c r="AM10" s="21">
         <v>2958465</v>
       </c>
-      <c r="AN10" s="81">
+      <c r="AN10" s="21">
         <v>39938</v>
       </c>
-      <c r="AO10" s="76"/>
-[...2 lines deleted...]
-      <c r="A11" s="77" t="s">
+      <c r="AO10" s="68"/>
+    </row>
+    <row r="11" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="18" t="s">
         <v>55</v>
       </c>
-      <c r="B11" s="69" t="s">
+      <c r="B11" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C11" s="78" t="s">
+      <c r="C11" s="19" t="s">
         <v>56</v>
       </c>
-      <c r="D11" s="78" t="s">
+      <c r="D11" s="19" t="s">
         <v>57</v>
       </c>
-      <c r="E11" s="79"/>
-[...37 lines deleted...]
-      <c r="AG11" s="83" t="s">
+      <c r="E11" s="16"/>
+      <c r="F11" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="G11" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="H11" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="I11" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="J11" s="20"/>
+      <c r="K11" s="20" t="s">
+        <v>42</v>
+      </c>
+      <c r="L11" s="20"/>
+      <c r="M11" s="20"/>
+      <c r="N11" s="20"/>
+      <c r="O11" s="20"/>
+      <c r="P11" s="20"/>
+      <c r="Q11" s="20"/>
+      <c r="R11" s="20"/>
+      <c r="S11" s="20"/>
+      <c r="T11" s="20"/>
+      <c r="U11" s="20"/>
+      <c r="V11" s="20"/>
+      <c r="W11" s="20"/>
+      <c r="X11" s="20"/>
+      <c r="Y11" s="20"/>
+      <c r="Z11" s="20"/>
+      <c r="AA11" s="20"/>
+      <c r="AB11" s="20"/>
+      <c r="AC11" s="20"/>
+      <c r="AD11" s="20"/>
+      <c r="AE11" s="20"/>
+      <c r="AF11" s="20"/>
+      <c r="AG11" s="17" t="s">
         <v>54</v>
       </c>
-      <c r="AH11" s="83" t="s">
+      <c r="AH11" s="17" t="s">
         <v>54</v>
       </c>
       <c r="AI11" s="12" t="str">
         <f>HYPERLINK("https://www.swissdrg.org/de/akutsomatik/swissdrg","Link")</f>
         <v>Link</v>
       </c>
       <c r="AJ11" s="12"/>
       <c r="AK11" s="12"/>
-      <c r="AL11" s="81">
+      <c r="AL11" s="21">
         <v>40909</v>
       </c>
-      <c r="AM11" s="81">
+      <c r="AM11" s="21">
         <v>2958465</v>
       </c>
-      <c r="AN11" s="81">
+      <c r="AN11" s="21">
         <v>41298</v>
       </c>
-      <c r="AO11" s="76"/>
-[...2 lines deleted...]
-      <c r="A12" s="68" t="s">
+      <c r="AO11" s="68"/>
+    </row>
+    <row r="12" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="6" t="s">
         <v>58</v>
       </c>
-      <c r="B12" s="69" t="s">
+      <c r="B12" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C12" s="70" t="s">
+      <c r="C12" s="8" t="s">
         <v>59</v>
       </c>
-      <c r="D12" s="70" t="s">
+      <c r="D12" s="8" t="s">
         <v>60</v>
       </c>
-      <c r="E12" s="71"/>
-[...31 lines deleted...]
-      <c r="AG12" s="73" t="s">
+      <c r="E12" s="9"/>
+      <c r="F12" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="G12" s="10"/>
+      <c r="H12" s="10"/>
+      <c r="I12" s="10"/>
+      <c r="J12" s="10"/>
+      <c r="K12" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="L12" s="10"/>
+      <c r="M12" s="10"/>
+      <c r="N12" s="10"/>
+      <c r="O12" s="10"/>
+      <c r="P12" s="10"/>
+      <c r="Q12" s="10"/>
+      <c r="R12" s="10"/>
+      <c r="S12" s="10"/>
+      <c r="T12" s="10"/>
+      <c r="U12" s="10"/>
+      <c r="V12" s="10"/>
+      <c r="W12" s="10"/>
+      <c r="X12" s="10"/>
+      <c r="Y12" s="10"/>
+      <c r="Z12" s="10"/>
+      <c r="AA12" s="10"/>
+      <c r="AB12" s="10"/>
+      <c r="AC12" s="10"/>
+      <c r="AD12" s="10"/>
+      <c r="AE12" s="10"/>
+      <c r="AF12" s="10"/>
+      <c r="AG12" s="11" t="s">
         <v>61</v>
       </c>
-      <c r="AH12" s="73" t="s">
+      <c r="AH12" s="11" t="s">
         <v>62</v>
       </c>
       <c r="AI12" s="12"/>
       <c r="AJ12" s="12" t="str">
         <f>HYPERLINK("https://www.forum-datenaustausch.ch/de/referenzdaten/","Link")</f>
         <v>Link</v>
       </c>
       <c r="AK12" s="12"/>
-      <c r="AL12" s="75">
+      <c r="AL12" s="15">
         <v>40909</v>
       </c>
-      <c r="AM12" s="75">
+      <c r="AM12" s="15">
         <v>2958465</v>
       </c>
-      <c r="AN12" s="75">
+      <c r="AN12" s="15">
         <v>43789</v>
       </c>
-      <c r="AO12" s="84"/>
-[...2 lines deleted...]
-      <c r="A13" s="68" t="s">
+      <c r="AO12" s="22"/>
+    </row>
+    <row r="13" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="6" t="s">
         <v>63</v>
       </c>
-      <c r="B13" s="69" t="s">
+      <c r="B13" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C13" s="70" t="s">
+      <c r="C13" s="8" t="s">
         <v>65</v>
       </c>
-      <c r="D13" s="70" t="s">
+      <c r="D13" s="8" t="s">
         <v>66</v>
       </c>
-      <c r="E13" s="71"/>
-[...37 lines deleted...]
-      <c r="AG13" s="73" t="s">
+      <c r="E13" s="9"/>
+      <c r="F13" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="G13" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="H13" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="I13" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="J13" s="10"/>
+      <c r="K13" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="L13" s="10"/>
+      <c r="M13" s="10"/>
+      <c r="N13" s="10"/>
+      <c r="O13" s="10"/>
+      <c r="P13" s="10"/>
+      <c r="Q13" s="10"/>
+      <c r="R13" s="10"/>
+      <c r="S13" s="10"/>
+      <c r="T13" s="10"/>
+      <c r="U13" s="10"/>
+      <c r="V13" s="10"/>
+      <c r="W13" s="10"/>
+      <c r="X13" s="10"/>
+      <c r="Y13" s="10"/>
+      <c r="Z13" s="10"/>
+      <c r="AA13" s="10"/>
+      <c r="AB13" s="10"/>
+      <c r="AC13" s="10"/>
+      <c r="AD13" s="10"/>
+      <c r="AE13" s="10"/>
+      <c r="AF13" s="10"/>
+      <c r="AG13" s="11" t="s">
         <v>54</v>
       </c>
-      <c r="AH13" s="73" t="s">
+      <c r="AH13" s="11" t="s">
         <v>54</v>
       </c>
       <c r="AI13" s="12" t="str">
         <f>HYPERLINK("https://www.swissdrg.org/de/rehabilitation/st-reha","Link")</f>
         <v>Link</v>
       </c>
       <c r="AJ13" s="12"/>
       <c r="AK13" s="12"/>
-      <c r="AL13" s="75">
+      <c r="AL13" s="15">
         <v>43831</v>
       </c>
-      <c r="AM13" s="75">
+      <c r="AM13" s="15">
         <v>2958465</v>
       </c>
-      <c r="AN13" s="75">
+      <c r="AN13" s="15">
         <v>43054</v>
       </c>
-      <c r="AO13" s="84"/>
-[...2 lines deleted...]
-      <c r="A14" s="68" t="s">
+      <c r="AO13" s="22"/>
+    </row>
+    <row r="14" spans="1:41" s="58" customFormat="1" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="6" t="s">
         <v>67</v>
       </c>
-      <c r="B14" s="85" t="s">
+      <c r="B14" s="70" t="s">
         <v>40</v>
       </c>
-      <c r="C14" s="78" t="s">
+      <c r="C14" s="19" t="s">
         <v>68</v>
       </c>
-      <c r="D14" s="78" t="s">
+      <c r="D14" s="19" t="s">
         <v>69</v>
       </c>
-      <c r="E14" s="71"/>
-[...37 lines deleted...]
-      <c r="AG14" s="78" t="s">
+      <c r="E14" s="9"/>
+      <c r="F14" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="G14" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="H14" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="I14" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="J14" s="20"/>
+      <c r="K14" s="20" t="s">
+        <v>42</v>
+      </c>
+      <c r="L14" s="10"/>
+      <c r="M14" s="10"/>
+      <c r="N14" s="10"/>
+      <c r="O14" s="10"/>
+      <c r="P14" s="10"/>
+      <c r="Q14" s="10"/>
+      <c r="R14" s="71"/>
+      <c r="S14" s="71"/>
+      <c r="T14" s="71"/>
+      <c r="U14" s="71"/>
+      <c r="V14" s="71"/>
+      <c r="W14" s="71"/>
+      <c r="X14" s="71"/>
+      <c r="Y14" s="71"/>
+      <c r="Z14" s="71"/>
+      <c r="AA14" s="71"/>
+      <c r="AB14" s="71"/>
+      <c r="AC14" s="71"/>
+      <c r="AD14" s="71"/>
+      <c r="AE14" s="71"/>
+      <c r="AF14" s="71"/>
+      <c r="AG14" s="19" t="s">
         <v>54</v>
       </c>
-      <c r="AH14" s="78" t="s">
+      <c r="AH14" s="19" t="s">
         <v>54</v>
       </c>
       <c r="AI14" s="12" t="str">
         <f>HYPERLINK("https://www.swissdrg.org/de/rehabilitation/st-reha","Link")</f>
         <v>Link</v>
       </c>
       <c r="AJ14" s="27"/>
       <c r="AK14" s="27"/>
-      <c r="AL14" s="75">
+      <c r="AL14" s="15">
         <v>44217</v>
       </c>
-      <c r="AM14" s="81">
+      <c r="AM14" s="21">
         <v>2958465</v>
       </c>
-      <c r="AN14" s="75">
+      <c r="AN14" s="15">
         <v>45475</v>
       </c>
-      <c r="AO14" s="87"/>
-[...2 lines deleted...]
-      <c r="A15" s="68" t="s">
+      <c r="AO14" s="64"/>
+    </row>
+    <row r="15" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="6" t="s">
         <v>70</v>
       </c>
-      <c r="B15" s="69" t="s">
+      <c r="B15" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C15" s="70" t="s">
+      <c r="C15" s="8" t="s">
         <v>71</v>
       </c>
-      <c r="D15" s="70" t="s">
+      <c r="D15" s="8" t="s">
         <v>71</v>
       </c>
-      <c r="E15" s="71"/>
-[...37 lines deleted...]
-      <c r="AG15" s="73" t="s">
+      <c r="E15" s="9"/>
+      <c r="F15" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="G15" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="H15" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="I15" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="J15" s="10"/>
+      <c r="K15" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="L15" s="10"/>
+      <c r="M15" s="10"/>
+      <c r="N15" s="10"/>
+      <c r="O15" s="10"/>
+      <c r="P15" s="10"/>
+      <c r="Q15" s="10"/>
+      <c r="R15" s="10"/>
+      <c r="S15" s="10"/>
+      <c r="T15" s="10"/>
+      <c r="U15" s="10"/>
+      <c r="V15" s="10"/>
+      <c r="W15" s="10"/>
+      <c r="X15" s="10"/>
+      <c r="Y15" s="10"/>
+      <c r="Z15" s="10"/>
+      <c r="AA15" s="10"/>
+      <c r="AB15" s="10"/>
+      <c r="AC15" s="10"/>
+      <c r="AD15" s="10"/>
+      <c r="AE15" s="10"/>
+      <c r="AF15" s="10"/>
+      <c r="AG15" s="11" t="s">
         <v>54</v>
       </c>
-      <c r="AH15" s="73" t="s">
+      <c r="AH15" s="11" t="s">
         <v>54</v>
       </c>
       <c r="AI15" s="12" t="str">
         <f>HYPERLINK("https://www.swissdrg.org/de/psychiatrie/tarpsy","Link")</f>
         <v>Link</v>
       </c>
       <c r="AJ15" s="12"/>
       <c r="AK15" s="12"/>
-      <c r="AL15" s="75">
+      <c r="AL15" s="15">
         <v>43101</v>
       </c>
-      <c r="AM15" s="75">
+      <c r="AM15" s="15">
         <v>2958465</v>
       </c>
-      <c r="AN15" s="75">
+      <c r="AN15" s="15">
         <v>43789</v>
       </c>
-      <c r="AO15" s="84"/>
-[...2 lines deleted...]
-      <c r="A16" s="68" t="s">
+      <c r="AO15" s="22"/>
+    </row>
+    <row r="16" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="6" t="s">
         <v>72</v>
       </c>
-      <c r="B16" s="69" t="s">
+      <c r="B16" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C16" s="70" t="s">
+      <c r="C16" s="8" t="s">
         <v>73</v>
       </c>
-      <c r="D16" s="70" t="s">
+      <c r="D16" s="8" t="s">
         <v>74</v>
       </c>
-      <c r="E16" s="71"/>
-[...37 lines deleted...]
-      <c r="AG16" s="78" t="s">
+      <c r="E16" s="9"/>
+      <c r="F16" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="G16" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="H16" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="I16" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="J16" s="10"/>
+      <c r="K16" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="L16" s="10"/>
+      <c r="M16" s="10"/>
+      <c r="N16" s="10"/>
+      <c r="O16" s="10"/>
+      <c r="P16" s="10"/>
+      <c r="Q16" s="10"/>
+      <c r="R16" s="10"/>
+      <c r="S16" s="10"/>
+      <c r="T16" s="10"/>
+      <c r="U16" s="10"/>
+      <c r="V16" s="10"/>
+      <c r="W16" s="10"/>
+      <c r="X16" s="10"/>
+      <c r="Y16" s="10"/>
+      <c r="Z16" s="10"/>
+      <c r="AA16" s="10"/>
+      <c r="AB16" s="10"/>
+      <c r="AC16" s="10"/>
+      <c r="AD16" s="10"/>
+      <c r="AE16" s="10"/>
+      <c r="AF16" s="10"/>
+      <c r="AG16" s="19" t="s">
         <v>54</v>
       </c>
-      <c r="AH16" s="78" t="s">
+      <c r="AH16" s="19" t="s">
         <v>54</v>
       </c>
       <c r="AI16" s="12" t="str">
         <f>HYPERLINK("https://www.swissdrg.org/de/psychiatrie/tarpsy","Link")</f>
         <v>Link</v>
       </c>
       <c r="AJ16" s="12"/>
       <c r="AK16" s="12"/>
-      <c r="AL16" s="75">
+      <c r="AL16" s="15">
         <v>44197</v>
       </c>
-      <c r="AM16" s="81">
+      <c r="AM16" s="21">
         <v>2958465</v>
       </c>
-      <c r="AN16" s="75">
+      <c r="AN16" s="15">
         <v>44125</v>
       </c>
-      <c r="AO16" s="84"/>
-[...2 lines deleted...]
-      <c r="A17" s="68" t="s">
+      <c r="AO16" s="22"/>
+    </row>
+    <row r="17" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="6" t="s">
         <v>75</v>
       </c>
-      <c r="B17" s="69" t="s">
+      <c r="B17" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C17" s="70" t="s">
+      <c r="C17" s="8" t="s">
         <v>76</v>
       </c>
-      <c r="D17" s="70" t="s">
+      <c r="D17" s="8" t="s">
         <v>77</v>
       </c>
-      <c r="E17" s="71"/>
-[...1 lines deleted...]
-      <c r="G17" s="72" t="s">
+      <c r="E17" s="9"/>
+      <c r="F17" s="10"/>
+      <c r="G17" s="10" t="s">
         <v>78</v>
       </c>
-      <c r="H17" s="72"/>
-[...26 lines deleted...]
-      <c r="AG17" s="73" t="s">
+      <c r="H17" s="10"/>
+      <c r="I17" s="10"/>
+      <c r="J17" s="10"/>
+      <c r="K17" s="10"/>
+      <c r="L17" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="M17" s="10"/>
+      <c r="N17" s="10"/>
+      <c r="O17" s="10"/>
+      <c r="P17" s="10"/>
+      <c r="Q17" s="10"/>
+      <c r="R17" s="10"/>
+      <c r="S17" s="10"/>
+      <c r="T17" s="10"/>
+      <c r="U17" s="10"/>
+      <c r="V17" s="10"/>
+      <c r="W17" s="10"/>
+      <c r="X17" s="10"/>
+      <c r="Y17" s="10"/>
+      <c r="Z17" s="10"/>
+      <c r="AA17" s="10"/>
+      <c r="AB17" s="10"/>
+      <c r="AC17" s="10"/>
+      <c r="AD17" s="10"/>
+      <c r="AE17" s="10"/>
+      <c r="AF17" s="10"/>
+      <c r="AG17" s="11" t="s">
         <v>79</v>
       </c>
-      <c r="AH17" s="73" t="s">
+      <c r="AH17" s="11" t="s">
         <v>79</v>
       </c>
       <c r="AI17" s="12"/>
       <c r="AJ17" s="12" t="str">
         <f>HYPERLINK("https://www.suva.ch/de-ch/download/weitere-artikel/tarifvertrag-arbeitsmedizinische-vorsorge/tarifvertrag-arbeitsmedizinische-vorsorge","Link")</f>
         <v>Link</v>
       </c>
       <c r="AK17" s="12"/>
-      <c r="AL17" s="75">
+      <c r="AL17" s="15">
         <v>43101</v>
       </c>
-      <c r="AM17" s="75">
+      <c r="AM17" s="15">
         <v>2958465</v>
       </c>
-      <c r="AN17" s="75">
+      <c r="AN17" s="15">
         <v>45988</v>
       </c>
-      <c r="AO17" s="76" t="s">
-[...4 lines deleted...]
-      <c r="A18" s="68" t="s">
+      <c r="AO17" s="68" t="s">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="18" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="6" t="s">
+        <v>561</v>
+      </c>
+      <c r="B18" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="C18" s="8" t="s">
+        <v>563</v>
+      </c>
+      <c r="D18" s="8" t="s">
+        <v>572</v>
+      </c>
+      <c r="E18" s="9"/>
+      <c r="F18" s="10"/>
+      <c r="G18" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="H18" s="10"/>
+      <c r="I18" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="J18" s="10"/>
+      <c r="K18" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="L18" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="M18" s="10"/>
+      <c r="N18" s="10"/>
+      <c r="O18" s="10"/>
+      <c r="P18" s="10"/>
+      <c r="Q18" s="10"/>
+      <c r="R18" s="10"/>
+      <c r="S18" s="10"/>
+      <c r="T18" s="10"/>
+      <c r="U18" s="10"/>
+      <c r="V18" s="10"/>
+      <c r="W18" s="10"/>
+      <c r="X18" s="10"/>
+      <c r="Y18" s="10"/>
+      <c r="Z18" s="10"/>
+      <c r="AA18" s="10"/>
+      <c r="AB18" s="10"/>
+      <c r="AC18" s="10"/>
+      <c r="AD18" s="10"/>
+      <c r="AE18" s="10"/>
+      <c r="AF18" s="10"/>
+      <c r="AG18" s="11" t="s">
         <v>562</v>
       </c>
-      <c r="B18" s="69" t="s">
-[...48 lines deleted...]
-        <v>563</v>
+      <c r="AH18" s="11" t="s">
+        <v>562</v>
       </c>
       <c r="AI18" s="12"/>
       <c r="AJ18" s="12"/>
       <c r="AK18" s="12"/>
-      <c r="AL18" s="75">
+      <c r="AL18" s="15">
         <v>46023</v>
       </c>
-      <c r="AM18" s="75">
+      <c r="AM18" s="15">
         <v>2958465</v>
       </c>
-      <c r="AN18" s="75">
+      <c r="AN18" s="15">
         <v>45988</v>
       </c>
-      <c r="AO18" s="76" t="s">
-[...4 lines deleted...]
-      <c r="A19" s="68" t="s">
+      <c r="AO18" s="68" t="s">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="19" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="6" t="s">
         <v>80</v>
       </c>
-      <c r="B19" s="69" t="s">
+      <c r="B19" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C19" s="70" t="s">
-[...45 lines deleted...]
-      <c r="AG19" s="73" t="s">
+      <c r="C19" s="8" t="s">
+        <v>514</v>
+      </c>
+      <c r="D19" s="8" t="s">
+        <v>516</v>
+      </c>
+      <c r="E19" s="9"/>
+      <c r="F19" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="G19" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="H19" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="I19" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="J19" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K19" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="L19" s="10"/>
+      <c r="M19" s="10"/>
+      <c r="N19" s="10"/>
+      <c r="O19" s="10"/>
+      <c r="P19" s="10"/>
+      <c r="Q19" s="10"/>
+      <c r="R19" s="10"/>
+      <c r="S19" s="10"/>
+      <c r="T19" s="10"/>
+      <c r="U19" s="10"/>
+      <c r="V19" s="10"/>
+      <c r="W19" s="10"/>
+      <c r="X19" s="10"/>
+      <c r="Y19" s="10"/>
+      <c r="Z19" s="10"/>
+      <c r="AA19" s="10"/>
+      <c r="AB19" s="10"/>
+      <c r="AC19" s="10"/>
+      <c r="AD19" s="10"/>
+      <c r="AE19" s="10"/>
+      <c r="AF19" s="10"/>
+      <c r="AG19" s="11" t="s">
         <v>61</v>
       </c>
-      <c r="AH19" s="73" t="s">
+      <c r="AH19" s="11" t="s">
         <v>62</v>
       </c>
       <c r="AI19" s="12" t="str">
         <f>HYPERLINK("https://www.forum-datenaustausch.ch/de/referenzdaten/","Link")</f>
         <v>Link</v>
       </c>
-      <c r="AJ19" s="74"/>
+      <c r="AJ19" s="13"/>
       <c r="AK19" s="23"/>
-      <c r="AL19" s="75">
+      <c r="AL19" s="15">
         <v>43101</v>
       </c>
-      <c r="AM19" s="75">
+      <c r="AM19" s="15">
         <v>2958465</v>
       </c>
-      <c r="AN19" s="75">
+      <c r="AN19" s="15">
         <v>43789</v>
       </c>
-      <c r="AO19" s="84"/>
-[...5 lines deleted...]
-      <c r="B20" s="85" t="s">
+      <c r="AO19" s="22"/>
+    </row>
+    <row r="20" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="6" t="s">
+        <v>511</v>
+      </c>
+      <c r="B20" s="70" t="s">
         <v>40</v>
       </c>
-      <c r="C20" s="78" t="s">
-[...45 lines deleted...]
-      <c r="AG20" s="78" t="s">
+      <c r="C20" s="19" t="s">
+        <v>515</v>
+      </c>
+      <c r="D20" s="19" t="s">
+        <v>517</v>
+      </c>
+      <c r="E20" s="9"/>
+      <c r="F20" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="G20" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="H20" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="I20" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="J20" s="20"/>
+      <c r="K20" s="20" t="s">
+        <v>42</v>
+      </c>
+      <c r="L20" s="10"/>
+      <c r="M20" s="10"/>
+      <c r="N20" s="10"/>
+      <c r="O20" s="10"/>
+      <c r="P20" s="10"/>
+      <c r="Q20" s="10"/>
+      <c r="R20" s="71"/>
+      <c r="S20" s="71"/>
+      <c r="T20" s="71"/>
+      <c r="U20" s="71"/>
+      <c r="V20" s="71"/>
+      <c r="W20" s="71"/>
+      <c r="X20" s="71"/>
+      <c r="Y20" s="71"/>
+      <c r="Z20" s="71"/>
+      <c r="AA20" s="71"/>
+      <c r="AB20" s="71"/>
+      <c r="AC20" s="71"/>
+      <c r="AD20" s="71"/>
+      <c r="AE20" s="71"/>
+      <c r="AF20" s="71" t="s">
+        <v>42</v>
+      </c>
+      <c r="AG20" s="19" t="s">
         <v>61</v>
       </c>
-      <c r="AH20" s="78" t="s">
+      <c r="AH20" s="19" t="s">
         <v>62</v>
       </c>
       <c r="AI20" s="12" t="str">
         <f>HYPERLINK("https://www.forum-datenaustausch.ch/de/referenzdaten/","Link")</f>
         <v>Link</v>
       </c>
       <c r="AJ20" s="27"/>
       <c r="AK20" s="27"/>
-      <c r="AL20" s="75">
+      <c r="AL20" s="15">
         <v>44927</v>
       </c>
-      <c r="AM20" s="75">
+      <c r="AM20" s="15">
         <v>2958465</v>
       </c>
-      <c r="AN20" s="75">
+      <c r="AN20" s="15">
         <v>45350</v>
       </c>
-      <c r="AO20" s="88"/>
-[...2 lines deleted...]
-      <c r="A21" s="68">
+      <c r="AO20" s="72"/>
+    </row>
+    <row r="21" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="6">
         <v>222</v>
       </c>
-      <c r="B21" s="69" t="s">
+      <c r="B21" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C21" s="70" t="s">
+      <c r="C21" s="8" t="s">
         <v>81</v>
       </c>
-      <c r="D21" s="70" t="s">
+      <c r="D21" s="8" t="s">
         <v>82</v>
       </c>
-      <c r="E21" s="71"/>
-[...35 lines deleted...]
-      <c r="AG21" s="73" t="s">
+      <c r="E21" s="9"/>
+      <c r="F21" s="10"/>
+      <c r="G21" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="H21" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="I21" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="J21" s="10"/>
+      <c r="K21" s="10"/>
+      <c r="L21" s="10"/>
+      <c r="M21" s="10"/>
+      <c r="N21" s="10"/>
+      <c r="O21" s="10"/>
+      <c r="P21" s="10"/>
+      <c r="Q21" s="10"/>
+      <c r="R21" s="10"/>
+      <c r="S21" s="10"/>
+      <c r="T21" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="U21" s="10"/>
+      <c r="V21" s="10"/>
+      <c r="W21" s="10"/>
+      <c r="X21" s="10"/>
+      <c r="Y21" s="10"/>
+      <c r="Z21" s="10"/>
+      <c r="AA21" s="10"/>
+      <c r="AB21" s="10"/>
+      <c r="AC21" s="10"/>
+      <c r="AD21" s="10"/>
+      <c r="AE21" s="10"/>
+      <c r="AF21" s="10"/>
+      <c r="AG21" s="11" t="s">
         <v>83</v>
       </c>
-      <c r="AH21" s="73" t="s">
+      <c r="AH21" s="11" t="s">
         <v>48</v>
       </c>
       <c r="AI21" s="12"/>
       <c r="AJ21" s="12"/>
       <c r="AK21" s="12" t="str">
         <f>HYPERLINK("https://www.mtk-ctm.ch/de/tarife/zahnarzttarif-sso/","Link")</f>
         <v>Link</v>
       </c>
-      <c r="AL21" s="75">
+      <c r="AL21" s="15">
         <v>43101</v>
       </c>
-      <c r="AM21" s="75">
+      <c r="AM21" s="15">
         <v>2958465</v>
       </c>
-      <c r="AN21" s="75">
+      <c r="AN21" s="15">
         <v>43054</v>
       </c>
-      <c r="AO21" s="84"/>
-[...2 lines deleted...]
-      <c r="A22" s="68">
+      <c r="AO21" s="22"/>
+    </row>
+    <row r="22" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="6">
         <v>223</v>
       </c>
-      <c r="B22" s="69" t="s">
+      <c r="B22" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C22" s="70" t="s">
+      <c r="C22" s="8" t="s">
         <v>84</v>
       </c>
-      <c r="D22" s="70" t="s">
+      <c r="D22" s="8" t="s">
         <v>85</v>
       </c>
-      <c r="E22" s="71"/>
-[...39 lines deleted...]
-      <c r="AG22" s="73" t="s">
+      <c r="E22" s="9"/>
+      <c r="F22" s="10"/>
+      <c r="G22" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="H22" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="I22" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="J22" s="10"/>
+      <c r="K22" s="10"/>
+      <c r="L22" s="10"/>
+      <c r="M22" s="10"/>
+      <c r="N22" s="10"/>
+      <c r="O22" s="10"/>
+      <c r="P22" s="10"/>
+      <c r="Q22" s="10"/>
+      <c r="R22" s="10"/>
+      <c r="S22" s="10"/>
+      <c r="T22" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="U22" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="V22" s="10"/>
+      <c r="W22" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="X22" s="10"/>
+      <c r="Y22" s="10"/>
+      <c r="Z22" s="10"/>
+      <c r="AA22" s="10"/>
+      <c r="AB22" s="10"/>
+      <c r="AC22" s="10"/>
+      <c r="AD22" s="10"/>
+      <c r="AE22" s="10"/>
+      <c r="AF22" s="10"/>
+      <c r="AG22" s="11" t="s">
         <v>86</v>
       </c>
-      <c r="AH22" s="73" t="s">
+      <c r="AH22" s="11" t="s">
         <v>48</v>
       </c>
       <c r="AI22" s="12"/>
       <c r="AJ22" s="12"/>
       <c r="AK22" s="12" t="str">
         <f>HYPERLINK("https://www.mtk-ctm.ch/de/tarife/zahntechnikertarif/","Link")</f>
         <v>Link</v>
       </c>
-      <c r="AL22" s="75">
+      <c r="AL22" s="15">
         <v>43101</v>
       </c>
-      <c r="AM22" s="75">
+      <c r="AM22" s="15">
         <v>2958465</v>
       </c>
-      <c r="AN22" s="75">
+      <c r="AN22" s="15">
         <v>43899</v>
       </c>
-      <c r="AO22" s="84"/>
-[...2 lines deleted...]
-      <c r="A23" s="68" t="s">
+      <c r="AO22" s="22"/>
+    </row>
+    <row r="23" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="6" t="s">
         <v>92</v>
       </c>
-      <c r="B23" s="69" t="s">
+      <c r="B23" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C23" s="70" t="s">
+      <c r="C23" s="8" t="s">
         <v>93</v>
       </c>
-      <c r="D23" s="70" t="s">
+      <c r="D23" s="8" t="s">
         <v>94</v>
       </c>
-      <c r="E23" s="71"/>
-[...31 lines deleted...]
-      <c r="AG23" s="73" t="s">
+      <c r="E23" s="9"/>
+      <c r="F23" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="G23" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="H23" s="10"/>
+      <c r="I23" s="10"/>
+      <c r="J23" s="10"/>
+      <c r="K23" s="10"/>
+      <c r="L23" s="10"/>
+      <c r="M23" s="10"/>
+      <c r="N23" s="10"/>
+      <c r="O23" s="10"/>
+      <c r="P23" s="10"/>
+      <c r="Q23" s="10"/>
+      <c r="R23" s="10"/>
+      <c r="S23" s="10"/>
+      <c r="T23" s="10"/>
+      <c r="U23" s="10"/>
+      <c r="V23" s="10"/>
+      <c r="W23" s="10"/>
+      <c r="X23" s="10"/>
+      <c r="Y23" s="10"/>
+      <c r="Z23" s="10"/>
+      <c r="AA23" s="10"/>
+      <c r="AB23" s="10"/>
+      <c r="AC23" s="10"/>
+      <c r="AD23" s="10"/>
+      <c r="AE23" s="10"/>
+      <c r="AF23" s="10"/>
+      <c r="AG23" s="11" t="s">
         <v>61</v>
       </c>
-      <c r="AH23" s="73" t="s">
+      <c r="AH23" s="11" t="s">
         <v>62</v>
       </c>
       <c r="AI23" s="12" t="str">
         <f>HYPERLINK("https://www.forum-datenaustausch.ch/de/referenzdaten/","Link")</f>
         <v>Link</v>
       </c>
       <c r="AJ23" s="12"/>
       <c r="AK23" s="12"/>
-      <c r="AL23" s="75">
+      <c r="AL23" s="15">
         <v>41275</v>
       </c>
-      <c r="AM23" s="75">
+      <c r="AM23" s="15">
         <v>2958465</v>
       </c>
-      <c r="AN23" s="75">
+      <c r="AN23" s="15">
         <v>43789</v>
       </c>
-      <c r="AO23" s="84"/>
-[...2 lines deleted...]
-      <c r="A24" s="68" t="s">
+      <c r="AO23" s="22"/>
+    </row>
+    <row r="24" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="6" t="s">
         <v>95</v>
       </c>
-      <c r="B24" s="69" t="s">
+      <c r="B24" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C24" s="70" t="s">
+      <c r="C24" s="8" t="s">
         <v>96</v>
       </c>
-      <c r="D24" s="70" t="s">
+      <c r="D24" s="8" t="s">
         <v>97</v>
       </c>
-      <c r="E24" s="71"/>
-[...33 lines deleted...]
-      <c r="AG24" s="73" t="s">
+      <c r="E24" s="9"/>
+      <c r="F24" s="10"/>
+      <c r="G24" s="10"/>
+      <c r="H24" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="I24" s="10"/>
+      <c r="J24" s="10"/>
+      <c r="K24" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="L24" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="M24" s="10"/>
+      <c r="N24" s="10"/>
+      <c r="O24" s="10"/>
+      <c r="P24" s="10"/>
+      <c r="Q24" s="10"/>
+      <c r="R24" s="10"/>
+      <c r="S24" s="10"/>
+      <c r="T24" s="10"/>
+      <c r="U24" s="10"/>
+      <c r="V24" s="10"/>
+      <c r="W24" s="10"/>
+      <c r="X24" s="10"/>
+      <c r="Y24" s="10"/>
+      <c r="Z24" s="10"/>
+      <c r="AA24" s="10"/>
+      <c r="AB24" s="10"/>
+      <c r="AC24" s="10"/>
+      <c r="AD24" s="10"/>
+      <c r="AE24" s="10"/>
+      <c r="AF24" s="10"/>
+      <c r="AG24" s="11" t="s">
         <v>98</v>
       </c>
-      <c r="AH24" s="73" t="s">
+      <c r="AH24" s="11" t="s">
         <v>98</v>
       </c>
       <c r="AI24" s="12"/>
       <c r="AJ24" s="12"/>
       <c r="AK24" s="12" t="str">
         <f>HYPERLINK("https://www.ahv-iv.ch/de/Extranet/AI","Link")</f>
         <v>Link</v>
       </c>
-      <c r="AL24" s="75">
+      <c r="AL24" s="15">
         <v>41183</v>
       </c>
-      <c r="AM24" s="75">
+      <c r="AM24" s="15">
         <v>2958465</v>
       </c>
-      <c r="AN24" s="75">
+      <c r="AN24" s="15">
         <v>43789</v>
       </c>
-      <c r="AO24" s="84"/>
-[...2 lines deleted...]
-      <c r="A25" s="68" t="s">
+      <c r="AO24" s="22"/>
+    </row>
+    <row r="25" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="6" t="s">
         <v>102</v>
       </c>
-      <c r="B25" s="69" t="s">
+      <c r="B25" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C25" s="70" t="s">
-[...2 lines deleted...]
-      <c r="D25" s="70" t="s">
+      <c r="C25" s="8" t="s">
+        <v>536</v>
+      </c>
+      <c r="D25" s="8" t="s">
         <v>103</v>
       </c>
-      <c r="E25" s="71"/>
-[...35 lines deleted...]
-      <c r="AG25" s="73" t="s">
+      <c r="E25" s="9"/>
+      <c r="F25" s="10"/>
+      <c r="G25" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="H25" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="I25" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="J25" s="10"/>
+      <c r="K25" s="10"/>
+      <c r="L25" s="10"/>
+      <c r="M25" s="10"/>
+      <c r="N25" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="O25" s="10"/>
+      <c r="P25" s="10"/>
+      <c r="Q25" s="10"/>
+      <c r="R25" s="10"/>
+      <c r="S25" s="10"/>
+      <c r="T25" s="10"/>
+      <c r="U25" s="10"/>
+      <c r="V25" s="10"/>
+      <c r="W25" s="10"/>
+      <c r="X25" s="10"/>
+      <c r="Y25" s="10"/>
+      <c r="Z25" s="10"/>
+      <c r="AA25" s="10"/>
+      <c r="AB25" s="10"/>
+      <c r="AC25" s="10"/>
+      <c r="AD25" s="10"/>
+      <c r="AE25" s="10"/>
+      <c r="AF25" s="10"/>
+      <c r="AG25" s="11" t="s">
         <v>104</v>
       </c>
-      <c r="AH25" s="73" t="s">
+      <c r="AH25" s="11" t="s">
         <v>48</v>
       </c>
       <c r="AI25" s="12"/>
       <c r="AJ25" s="12"/>
       <c r="AK25" s="12" t="str">
         <f>HYPERLINK("https://www.mtk-ctm.ch/de/tarife/physiotherapie/","Link")</f>
         <v>Link</v>
       </c>
-      <c r="AL25" s="75">
+      <c r="AL25" s="15">
         <v>37257</v>
       </c>
-      <c r="AM25" s="75">
+      <c r="AM25" s="15">
         <v>2958465</v>
       </c>
-      <c r="AN25" s="75">
+      <c r="AN25" s="15">
         <v>43054</v>
       </c>
-      <c r="AO25" s="84"/>
-[...2 lines deleted...]
-      <c r="A26" s="68">
+      <c r="AO25" s="22"/>
+    </row>
+    <row r="26" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="6">
         <v>312</v>
       </c>
-      <c r="B26" s="69" t="s">
+      <c r="B26" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C26" s="70" t="s">
+      <c r="C26" s="8" t="s">
         <v>105</v>
       </c>
-      <c r="D26" s="70" t="s">
+      <c r="D26" s="8" t="s">
         <v>106</v>
       </c>
-      <c r="E26" s="71"/>
-[...33 lines deleted...]
-      <c r="AG26" s="73" t="s">
+      <c r="E26" s="9"/>
+      <c r="F26" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="G26" s="10"/>
+      <c r="H26" s="10"/>
+      <c r="I26" s="10"/>
+      <c r="J26" s="10"/>
+      <c r="K26" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="L26" s="10"/>
+      <c r="M26" s="10"/>
+      <c r="N26" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="O26" s="10"/>
+      <c r="P26" s="10"/>
+      <c r="Q26" s="10"/>
+      <c r="R26" s="10"/>
+      <c r="S26" s="10"/>
+      <c r="T26" s="10"/>
+      <c r="U26" s="10"/>
+      <c r="V26" s="10"/>
+      <c r="W26" s="10"/>
+      <c r="X26" s="10"/>
+      <c r="Y26" s="10"/>
+      <c r="Z26" s="10"/>
+      <c r="AA26" s="10"/>
+      <c r="AB26" s="10"/>
+      <c r="AC26" s="10"/>
+      <c r="AD26" s="10"/>
+      <c r="AE26" s="10"/>
+      <c r="AF26" s="10"/>
+      <c r="AG26" s="11" t="s">
         <v>43</v>
       </c>
-      <c r="AH26" s="73" t="s">
+      <c r="AH26" s="11" t="s">
         <v>43</v>
       </c>
       <c r="AI26" s="12" t="str">
         <f>HYPERLINK("https://www.bag.admin.ch/bag/de/home/versicherungen/krankenversicherung/krankenversicherung-leistungen-tarife/Nicht-aerztliche-Leistungen/Physiotherapie.html","Link")</f>
         <v>Link</v>
       </c>
       <c r="AJ26" s="12"/>
       <c r="AK26" s="12"/>
-      <c r="AL26" s="75">
+      <c r="AL26" s="15">
         <v>43101</v>
       </c>
-      <c r="AM26" s="75">
+      <c r="AM26" s="15">
         <v>2958465</v>
       </c>
-      <c r="AN26" s="75">
+      <c r="AN26" s="15">
         <v>43789</v>
       </c>
-      <c r="AO26" s="84"/>
-[...2 lines deleted...]
-      <c r="A27" s="68" t="s">
+      <c r="AO26" s="22"/>
+    </row>
+    <row r="27" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="6" t="s">
         <v>110</v>
       </c>
-      <c r="B27" s="69" t="s">
+      <c r="B27" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C27" s="70" t="s">
+      <c r="C27" s="8" t="s">
         <v>108</v>
       </c>
-      <c r="D27" s="70" t="s">
+      <c r="D27" s="8" t="s">
         <v>109</v>
       </c>
-      <c r="E27" s="71"/>
-[...43 lines deleted...]
-      <c r="AG27" s="73" t="s">
+      <c r="E27" s="9"/>
+      <c r="F27" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="G27" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="H27" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="I27" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="J27" s="10"/>
+      <c r="K27" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="L27" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="M27" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="N27" s="10"/>
+      <c r="O27" s="10"/>
+      <c r="P27" s="10"/>
+      <c r="Q27" s="10"/>
+      <c r="R27" s="10"/>
+      <c r="S27" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="T27" s="10"/>
+      <c r="U27" s="10"/>
+      <c r="V27" s="10"/>
+      <c r="W27" s="10"/>
+      <c r="X27" s="10"/>
+      <c r="Y27" s="10"/>
+      <c r="Z27" s="10"/>
+      <c r="AA27" s="10"/>
+      <c r="AB27" s="10"/>
+      <c r="AC27" s="10"/>
+      <c r="AD27" s="10"/>
+      <c r="AE27" s="10"/>
+      <c r="AF27" s="10"/>
+      <c r="AG27" s="11" t="s">
         <v>43</v>
       </c>
-      <c r="AH27" s="73" t="s">
+      <c r="AH27" s="11" t="s">
         <v>43</v>
       </c>
       <c r="AI27" s="12" t="str">
         <f>HYPERLINK("https://www.bag.admin.ch/bag/de/home/versicherungen/krankenversicherung/krankenversicherung-leistungen-tarife/Analysenliste.html","Link")</f>
         <v>Link</v>
       </c>
       <c r="AJ27" s="12"/>
       <c r="AK27" s="12"/>
-      <c r="AL27" s="75">
+      <c r="AL27" s="15">
         <v>39995</v>
       </c>
-      <c r="AM27" s="75">
+      <c r="AM27" s="15">
         <v>2958465</v>
       </c>
-      <c r="AN27" s="75">
+      <c r="AN27" s="15">
         <v>39905</v>
       </c>
-      <c r="AO27" s="84"/>
-[...2 lines deleted...]
-      <c r="A28" s="68" t="s">
+      <c r="AO27" s="22"/>
+    </row>
+    <row r="28" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="6" t="s">
         <v>111</v>
       </c>
-      <c r="B28" s="69" t="s">
+      <c r="B28" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C28" s="70" t="s">
+      <c r="C28" s="8" t="s">
         <v>112</v>
       </c>
-      <c r="D28" s="70" t="s">
+      <c r="D28" s="8" t="s">
         <v>113</v>
       </c>
-      <c r="E28" s="71"/>
-[...31 lines deleted...]
-      <c r="AG28" s="73" t="s">
+      <c r="E28" s="9"/>
+      <c r="F28" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="G28" s="10"/>
+      <c r="H28" s="10"/>
+      <c r="I28" s="10"/>
+      <c r="J28" s="10"/>
+      <c r="K28" s="10"/>
+      <c r="L28" s="10"/>
+      <c r="M28" s="10"/>
+      <c r="N28" s="10"/>
+      <c r="O28" s="10"/>
+      <c r="P28" s="10"/>
+      <c r="Q28" s="10"/>
+      <c r="R28" s="10"/>
+      <c r="S28" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="T28" s="10"/>
+      <c r="U28" s="10"/>
+      <c r="V28" s="10"/>
+      <c r="W28" s="10"/>
+      <c r="X28" s="10"/>
+      <c r="Y28" s="10"/>
+      <c r="Z28" s="10"/>
+      <c r="AA28" s="10"/>
+      <c r="AB28" s="10"/>
+      <c r="AC28" s="10"/>
+      <c r="AD28" s="10"/>
+      <c r="AE28" s="10"/>
+      <c r="AF28" s="10"/>
+      <c r="AG28" s="11" t="s">
         <v>90</v>
       </c>
-      <c r="AH28" s="73" t="s">
+      <c r="AH28" s="11" t="s">
         <v>90</v>
       </c>
       <c r="AI28" s="12" t="str">
         <f>HYPERLINK("https://www.llv.li/files/ag/analysenliste-2017.pdf","Link")</f>
         <v>Link</v>
       </c>
       <c r="AJ28" s="12"/>
       <c r="AK28" s="12"/>
-      <c r="AL28" s="75">
+      <c r="AL28" s="15">
         <v>40330</v>
       </c>
-      <c r="AM28" s="75">
+      <c r="AM28" s="15">
         <v>2958465</v>
       </c>
-      <c r="AN28" s="75">
+      <c r="AN28" s="15">
         <v>40267</v>
       </c>
-      <c r="AO28" s="84"/>
-[...2 lines deleted...]
-      <c r="A29" s="89" t="s">
+      <c r="AO28" s="22"/>
+    </row>
+    <row r="29" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="73" t="s">
         <v>114</v>
       </c>
-      <c r="B29" s="90" t="s">
+      <c r="B29" s="74" t="s">
         <v>64</v>
       </c>
-      <c r="C29" s="91" t="s">
+      <c r="C29" s="75" t="s">
         <v>115</v>
       </c>
-      <c r="D29" s="91" t="s">
+      <c r="D29" s="75" t="s">
         <v>116</v>
       </c>
-      <c r="E29" s="92"/>
-[...29 lines deleted...]
-      <c r="AG29" s="95" t="s">
+      <c r="E29" s="76"/>
+      <c r="F29" s="10"/>
+      <c r="G29" s="10"/>
+      <c r="H29" s="20"/>
+      <c r="I29" s="20"/>
+      <c r="J29" s="77" t="s">
+        <v>42</v>
+      </c>
+      <c r="K29" s="77"/>
+      <c r="L29" s="77"/>
+      <c r="M29" s="77"/>
+      <c r="N29" s="77"/>
+      <c r="O29" s="77"/>
+      <c r="P29" s="77"/>
+      <c r="Q29" s="77"/>
+      <c r="R29" s="78"/>
+      <c r="S29" s="78"/>
+      <c r="T29" s="78"/>
+      <c r="U29" s="78"/>
+      <c r="V29" s="78"/>
+      <c r="W29" s="78"/>
+      <c r="X29" s="78"/>
+      <c r="Y29" s="78"/>
+      <c r="Z29" s="78"/>
+      <c r="AA29" s="78"/>
+      <c r="AB29" s="78"/>
+      <c r="AC29" s="78"/>
+      <c r="AD29" s="78"/>
+      <c r="AE29" s="78"/>
+      <c r="AF29" s="78"/>
+      <c r="AG29" s="79" t="s">
         <v>117</v>
       </c>
-      <c r="AH29" s="95" t="s">
+      <c r="AH29" s="79" t="s">
         <v>117</v>
       </c>
-      <c r="AI29" s="96"/>
+      <c r="AI29" s="80"/>
       <c r="AJ29" s="12" t="str">
         <f>HYPERLINK("https://www.dentotar.ch/home/","Link")</f>
         <v>Link</v>
       </c>
       <c r="AK29" s="24"/>
-      <c r="AL29" s="97">
+      <c r="AL29" s="81">
         <v>37257</v>
       </c>
-      <c r="AM29" s="97">
+      <c r="AM29" s="81">
         <v>2958465</v>
       </c>
-      <c r="AN29" s="97">
+      <c r="AN29" s="81">
         <v>38820</v>
       </c>
-      <c r="AO29" s="98"/>
-[...2 lines deleted...]
-      <c r="A30" s="89" t="s">
+      <c r="AO29" s="82"/>
+    </row>
+    <row r="30" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="73" t="s">
         <v>118</v>
       </c>
-      <c r="B30" s="90" t="s">
+      <c r="B30" s="74" t="s">
         <v>64</v>
       </c>
-      <c r="C30" s="91" t="s">
+      <c r="C30" s="75" t="s">
         <v>119</v>
       </c>
-      <c r="D30" s="91" t="s">
+      <c r="D30" s="75" t="s">
         <v>120</v>
       </c>
-      <c r="E30" s="92"/>
-[...29 lines deleted...]
-      <c r="AG30" s="95" t="s">
+      <c r="E30" s="76"/>
+      <c r="F30" s="20"/>
+      <c r="G30" s="20"/>
+      <c r="H30" s="20"/>
+      <c r="I30" s="20"/>
+      <c r="J30" s="77" t="s">
+        <v>42</v>
+      </c>
+      <c r="K30" s="77"/>
+      <c r="L30" s="77"/>
+      <c r="M30" s="77"/>
+      <c r="N30" s="77"/>
+      <c r="O30" s="77"/>
+      <c r="P30" s="77"/>
+      <c r="Q30" s="77"/>
+      <c r="R30" s="78"/>
+      <c r="S30" s="78"/>
+      <c r="T30" s="78"/>
+      <c r="U30" s="78"/>
+      <c r="V30" s="78"/>
+      <c r="W30" s="78"/>
+      <c r="X30" s="78"/>
+      <c r="Y30" s="78"/>
+      <c r="Z30" s="78"/>
+      <c r="AA30" s="78"/>
+      <c r="AB30" s="78"/>
+      <c r="AC30" s="78"/>
+      <c r="AD30" s="78"/>
+      <c r="AE30" s="78"/>
+      <c r="AF30" s="78"/>
+      <c r="AG30" s="79" t="s">
         <v>121</v>
       </c>
-      <c r="AH30" s="99" t="s">
+      <c r="AH30" s="83" t="s">
         <v>121</v>
       </c>
-      <c r="AI30" s="100"/>
+      <c r="AI30" s="84"/>
       <c r="AJ30" s="12" t="str">
         <f>HYPERLINK("https://www.tartec.ch/de/tarif-2017-8.html","Link")</f>
         <v>Link</v>
       </c>
       <c r="AK30" s="24"/>
-      <c r="AL30" s="97">
+      <c r="AL30" s="81">
         <v>37257</v>
       </c>
-      <c r="AM30" s="97">
+      <c r="AM30" s="81">
         <v>2958465</v>
       </c>
-      <c r="AN30" s="97">
+      <c r="AN30" s="81">
         <v>38820</v>
       </c>
-      <c r="AO30" s="98"/>
-[...2 lines deleted...]
-      <c r="A31" s="68" t="s">
+      <c r="AO30" s="82"/>
+    </row>
+    <row r="31" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="6" t="s">
         <v>122</v>
       </c>
-      <c r="B31" s="69" t="s">
+      <c r="B31" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C31" s="70" t="s">
+      <c r="C31" s="8" t="s">
         <v>123</v>
       </c>
-      <c r="D31" s="70" t="s">
+      <c r="D31" s="8" t="s">
         <v>124</v>
       </c>
-      <c r="E31" s="71"/>
-[...29 lines deleted...]
-      <c r="AG31" s="73" t="s">
+      <c r="E31" s="9"/>
+      <c r="F31" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="G31" s="10"/>
+      <c r="H31" s="10"/>
+      <c r="I31" s="10"/>
+      <c r="J31" s="10"/>
+      <c r="K31" s="10"/>
+      <c r="L31" s="10"/>
+      <c r="M31" s="10"/>
+      <c r="N31" s="10"/>
+      <c r="O31" s="10"/>
+      <c r="P31" s="10"/>
+      <c r="Q31" s="10"/>
+      <c r="R31" s="10"/>
+      <c r="S31" s="10"/>
+      <c r="T31" s="10"/>
+      <c r="U31" s="10"/>
+      <c r="V31" s="10"/>
+      <c r="W31" s="10"/>
+      <c r="X31" s="10"/>
+      <c r="Y31" s="10"/>
+      <c r="Z31" s="10"/>
+      <c r="AA31" s="10"/>
+      <c r="AB31" s="10"/>
+      <c r="AC31" s="10"/>
+      <c r="AD31" s="10"/>
+      <c r="AE31" s="10"/>
+      <c r="AF31" s="10"/>
+      <c r="AG31" s="11" t="s">
         <v>117</v>
       </c>
-      <c r="AH31" s="73" t="s">
+      <c r="AH31" s="11" t="s">
         <v>117</v>
       </c>
-      <c r="AI31" s="101"/>
+      <c r="AI31" s="25"/>
       <c r="AJ31" s="23"/>
       <c r="AK31" s="23"/>
-      <c r="AL31" s="75">
+      <c r="AL31" s="15">
         <v>37257</v>
       </c>
-      <c r="AM31" s="75">
+      <c r="AM31" s="15">
         <v>2958465</v>
       </c>
-      <c r="AN31" s="75">
+      <c r="AN31" s="15">
         <v>38820</v>
       </c>
-      <c r="AO31" s="84"/>
-[...2 lines deleted...]
-      <c r="A32" s="68" t="s">
+      <c r="AO31" s="22"/>
+    </row>
+    <row r="32" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="6" t="s">
         <v>125</v>
       </c>
-      <c r="B32" s="69" t="s">
+      <c r="B32" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C32" s="70" t="s">
+      <c r="C32" s="8" t="s">
         <v>126</v>
       </c>
-      <c r="D32" s="70" t="s">
+      <c r="D32" s="8" t="s">
         <v>127</v>
       </c>
-      <c r="E32" s="71"/>
-[...29 lines deleted...]
-      <c r="AG32" s="73" t="s">
+      <c r="E32" s="9"/>
+      <c r="F32" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="G32" s="10"/>
+      <c r="H32" s="10"/>
+      <c r="I32" s="10"/>
+      <c r="J32" s="10"/>
+      <c r="K32" s="10"/>
+      <c r="L32" s="10"/>
+      <c r="M32" s="10"/>
+      <c r="N32" s="10"/>
+      <c r="O32" s="10"/>
+      <c r="P32" s="10"/>
+      <c r="Q32" s="10"/>
+      <c r="R32" s="10"/>
+      <c r="S32" s="10"/>
+      <c r="T32" s="10"/>
+      <c r="U32" s="10"/>
+      <c r="V32" s="10"/>
+      <c r="W32" s="10"/>
+      <c r="X32" s="10"/>
+      <c r="Y32" s="10"/>
+      <c r="Z32" s="10"/>
+      <c r="AA32" s="10"/>
+      <c r="AB32" s="10"/>
+      <c r="AC32" s="10"/>
+      <c r="AD32" s="10"/>
+      <c r="AE32" s="10"/>
+      <c r="AF32" s="10"/>
+      <c r="AG32" s="11" t="s">
         <v>121</v>
       </c>
-      <c r="AH32" s="73" t="s">
+      <c r="AH32" s="11" t="s">
         <v>121</v>
       </c>
-      <c r="AI32" s="101"/>
+      <c r="AI32" s="25"/>
       <c r="AJ32" s="23"/>
       <c r="AK32" s="23"/>
-      <c r="AL32" s="75">
+      <c r="AL32" s="15">
         <v>37257</v>
       </c>
-      <c r="AM32" s="75">
+      <c r="AM32" s="15">
         <v>2958465</v>
       </c>
-      <c r="AN32" s="75">
+      <c r="AN32" s="15">
         <v>38820</v>
       </c>
-      <c r="AO32" s="84"/>
-[...2 lines deleted...]
-      <c r="A33" s="68" t="s">
+      <c r="AO32" s="22"/>
+    </row>
+    <row r="33" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="6" t="s">
         <v>128</v>
       </c>
-      <c r="B33" s="69" t="s">
+      <c r="B33" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C33" s="70" t="s">
+      <c r="C33" s="8" t="s">
         <v>129</v>
       </c>
-      <c r="D33" s="70" t="s">
+      <c r="D33" s="8" t="s">
         <v>130</v>
       </c>
-      <c r="E33" s="71"/>
-[...31 lines deleted...]
-      <c r="AG33" s="73" t="s">
+      <c r="E33" s="9"/>
+      <c r="F33" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="G33" s="10"/>
+      <c r="H33" s="10"/>
+      <c r="I33" s="10"/>
+      <c r="J33" s="10"/>
+      <c r="K33" s="10"/>
+      <c r="L33" s="10"/>
+      <c r="M33" s="10"/>
+      <c r="N33" s="10"/>
+      <c r="O33" s="10"/>
+      <c r="P33" s="10"/>
+      <c r="Q33" s="10"/>
+      <c r="R33" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="S33" s="10"/>
+      <c r="T33" s="10"/>
+      <c r="U33" s="10"/>
+      <c r="V33" s="10"/>
+      <c r="W33" s="10"/>
+      <c r="X33" s="10"/>
+      <c r="Y33" s="10"/>
+      <c r="Z33" s="10"/>
+      <c r="AA33" s="10"/>
+      <c r="AB33" s="10"/>
+      <c r="AC33" s="10"/>
+      <c r="AD33" s="10"/>
+      <c r="AE33" s="10"/>
+      <c r="AF33" s="10"/>
+      <c r="AG33" s="11" t="s">
         <v>131</v>
       </c>
-      <c r="AH33" s="73" t="s">
+      <c r="AH33" s="11" t="s">
         <v>131</v>
       </c>
-      <c r="AI33" s="101"/>
-[...2 lines deleted...]
-      <c r="AL33" s="75">
+      <c r="AI33" s="25"/>
+      <c r="AJ33" s="25"/>
+      <c r="AK33" s="25"/>
+      <c r="AL33" s="15">
         <v>37257</v>
       </c>
-      <c r="AM33" s="75">
+      <c r="AM33" s="15">
         <v>2958465</v>
       </c>
-      <c r="AN33" s="75">
+      <c r="AN33" s="15">
         <v>38820</v>
       </c>
-      <c r="AO33" s="84"/>
-[...2 lines deleted...]
-      <c r="A34" s="68" t="s">
+      <c r="AO33" s="22"/>
+    </row>
+    <row r="34" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="6" t="s">
         <v>132</v>
       </c>
-      <c r="B34" s="69" t="s">
+      <c r="B34" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C34" s="70" t="s">
+      <c r="C34" s="8" t="s">
         <v>133</v>
       </c>
-      <c r="D34" s="70" t="s">
+      <c r="D34" s="8" t="s">
         <v>134</v>
       </c>
-      <c r="E34" s="71"/>
-[...31 lines deleted...]
-      <c r="AG34" s="73" t="s">
+      <c r="E34" s="9"/>
+      <c r="F34" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="G34" s="10"/>
+      <c r="H34" s="10"/>
+      <c r="I34" s="10"/>
+      <c r="J34" s="10"/>
+      <c r="K34" s="10"/>
+      <c r="L34" s="10"/>
+      <c r="M34" s="10"/>
+      <c r="N34" s="10"/>
+      <c r="O34" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="P34" s="10"/>
+      <c r="Q34" s="10"/>
+      <c r="R34" s="10"/>
+      <c r="S34" s="10"/>
+      <c r="T34" s="10"/>
+      <c r="U34" s="10"/>
+      <c r="V34" s="10"/>
+      <c r="W34" s="10"/>
+      <c r="X34" s="10"/>
+      <c r="Y34" s="10"/>
+      <c r="Z34" s="10"/>
+      <c r="AA34" s="10"/>
+      <c r="AB34" s="10"/>
+      <c r="AC34" s="10"/>
+      <c r="AD34" s="10"/>
+      <c r="AE34" s="10"/>
+      <c r="AF34" s="10"/>
+      <c r="AG34" s="11" t="s">
         <v>131</v>
       </c>
-      <c r="AH34" s="73" t="s">
+      <c r="AH34" s="11" t="s">
         <v>131</v>
       </c>
-      <c r="AI34" s="102"/>
       <c r="AJ34" s="12" t="str">
         <f>HYPERLINK("https://www.ergotherapie.ch/berufsausuebung/tarifvertraege/?page=35","Link")</f>
         <v>Link</v>
       </c>
       <c r="AK34" s="23"/>
-      <c r="AL34" s="75">
+      <c r="AL34" s="15">
         <v>37257</v>
       </c>
-      <c r="AM34" s="75">
+      <c r="AM34" s="15">
         <v>2958465</v>
       </c>
-      <c r="AN34" s="75">
+      <c r="AN34" s="15">
         <v>38820</v>
       </c>
-      <c r="AO34" s="84"/>
-[...2 lines deleted...]
-      <c r="A35" s="68" t="s">
+      <c r="AO34" s="22"/>
+    </row>
+    <row r="35" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="6" t="s">
         <v>135</v>
       </c>
-      <c r="B35" s="69" t="s">
+      <c r="B35" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C35" s="70" t="s">
+      <c r="C35" s="8" t="s">
         <v>136</v>
       </c>
-      <c r="D35" s="70" t="s">
+      <c r="D35" s="8" t="s">
         <v>137</v>
       </c>
-      <c r="E35" s="71"/>
-[...30 lines deleted...]
-      <c r="Z35" s="72" t="s">
+      <c r="E35" s="9"/>
+      <c r="F35" s="10"/>
+      <c r="G35" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="H35" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="I35" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="J35" s="10"/>
+      <c r="K35" s="10"/>
+      <c r="L35" s="10"/>
+      <c r="M35" s="10"/>
+      <c r="N35" s="10"/>
+      <c r="O35" s="10"/>
+      <c r="P35" s="10"/>
+      <c r="Q35" s="10"/>
+      <c r="R35" s="10"/>
+      <c r="S35" s="10"/>
+      <c r="T35" s="10"/>
+      <c r="U35" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="V35" s="10"/>
+      <c r="W35" s="10"/>
+      <c r="X35" s="10"/>
+      <c r="Y35" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="Z35" s="10" t="s">
         <v>78</v>
       </c>
-      <c r="AA35" s="72"/>
-[...5 lines deleted...]
-      <c r="AG35" s="73" t="s">
+      <c r="AA35" s="10"/>
+      <c r="AB35" s="10"/>
+      <c r="AC35" s="10"/>
+      <c r="AD35" s="10"/>
+      <c r="AE35" s="10"/>
+      <c r="AF35" s="10"/>
+      <c r="AG35" s="11" t="s">
         <v>138</v>
       </c>
-      <c r="AH35" s="73" t="s">
+      <c r="AH35" s="11" t="s">
         <v>48</v>
       </c>
-      <c r="AI35" s="101"/>
-      <c r="AJ35" s="74"/>
+      <c r="AI35" s="25"/>
+      <c r="AJ35" s="13"/>
       <c r="AK35" s="12" t="str">
         <f>HYPERLINK("https://www.mtk-ctm.ch/de/tarife/orthopaedieschuhtechnische-arbeiten-verband-fuss-schuhosmtarif/","Link")</f>
         <v>Link</v>
       </c>
-      <c r="AL35" s="75">
+      <c r="AL35" s="15">
         <v>37257</v>
       </c>
-      <c r="AM35" s="75">
+      <c r="AM35" s="15">
         <v>2958465</v>
       </c>
-      <c r="AN35" s="75">
+      <c r="AN35" s="15">
         <v>43899</v>
       </c>
-      <c r="AO35" s="84"/>
-[...2 lines deleted...]
-      <c r="A36" s="68" t="s">
+      <c r="AO35" s="22"/>
+    </row>
+    <row r="36" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="6" t="s">
         <v>139</v>
       </c>
-      <c r="B36" s="69" t="s">
+      <c r="B36" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C36" s="70" t="s">
+      <c r="C36" s="8" t="s">
         <v>140</v>
       </c>
-      <c r="D36" s="70" t="s">
+      <c r="D36" s="8" t="s">
         <v>141</v>
       </c>
-      <c r="E36" s="71"/>
-[...37 lines deleted...]
-      <c r="AG36" s="73" t="s">
+      <c r="E36" s="9"/>
+      <c r="F36" s="10"/>
+      <c r="G36" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="H36" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="I36" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="J36" s="10"/>
+      <c r="K36" s="10"/>
+      <c r="L36" s="10"/>
+      <c r="M36" s="10"/>
+      <c r="N36" s="10"/>
+      <c r="O36" s="10"/>
+      <c r="P36" s="10"/>
+      <c r="Q36" s="10"/>
+      <c r="R36" s="10"/>
+      <c r="S36" s="10"/>
+      <c r="T36" s="10"/>
+      <c r="U36" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="V36" s="10"/>
+      <c r="W36" s="10"/>
+      <c r="X36" s="10"/>
+      <c r="Y36" s="10"/>
+      <c r="Z36" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="AA36" s="10"/>
+      <c r="AB36" s="10"/>
+      <c r="AC36" s="10"/>
+      <c r="AD36" s="10"/>
+      <c r="AE36" s="10"/>
+      <c r="AF36" s="10"/>
+      <c r="AG36" s="11" t="s">
         <v>142</v>
       </c>
-      <c r="AH36" s="73" t="s">
+      <c r="AH36" s="11" t="s">
         <v>48</v>
       </c>
-      <c r="AI36" s="101"/>
-      <c r="AJ36" s="74"/>
+      <c r="AI36" s="25"/>
+      <c r="AJ36" s="13"/>
       <c r="AK36" s="12" t="str">
         <f>HYPERLINK("https://www.mtk-ctm.ch/de/tarife/orthopaedietechnische-arbeiten-ortho-reha-suisse-svot-tarif/","Link")</f>
         <v>Link</v>
       </c>
-      <c r="AL36" s="75">
+      <c r="AL36" s="15">
         <v>37257</v>
       </c>
-      <c r="AM36" s="75">
+      <c r="AM36" s="15">
         <v>2958465</v>
       </c>
-      <c r="AN36" s="75">
+      <c r="AN36" s="15">
         <v>43899</v>
       </c>
-      <c r="AO36" s="84"/>
-[...2 lines deleted...]
-      <c r="A37" s="68" t="s">
+      <c r="AO36" s="22"/>
+    </row>
+    <row r="37" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="6" t="s">
         <v>143</v>
       </c>
-      <c r="B37" s="69" t="s">
+      <c r="B37" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C37" s="70" t="s">
+      <c r="C37" s="8" t="s">
         <v>144</v>
       </c>
-      <c r="D37" s="70" t="s">
+      <c r="D37" s="8" t="s">
         <v>145</v>
       </c>
-      <c r="E37" s="71"/>
-[...31 lines deleted...]
-      <c r="AG37" s="73" t="s">
+      <c r="E37" s="9"/>
+      <c r="F37" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="G37" s="10"/>
+      <c r="H37" s="10"/>
+      <c r="I37" s="10"/>
+      <c r="J37" s="10"/>
+      <c r="K37" s="10"/>
+      <c r="L37" s="10"/>
+      <c r="M37" s="10"/>
+      <c r="N37" s="10"/>
+      <c r="O37" s="10"/>
+      <c r="P37" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="Q37" s="10"/>
+      <c r="R37" s="10"/>
+      <c r="S37" s="10"/>
+      <c r="T37" s="10"/>
+      <c r="U37" s="10"/>
+      <c r="V37" s="10"/>
+      <c r="W37" s="10"/>
+      <c r="X37" s="10"/>
+      <c r="Y37" s="10"/>
+      <c r="Z37" s="10"/>
+      <c r="AA37" s="10"/>
+      <c r="AB37" s="10"/>
+      <c r="AC37" s="10"/>
+      <c r="AD37" s="10"/>
+      <c r="AE37" s="10"/>
+      <c r="AF37" s="10"/>
+      <c r="AG37" s="11" t="s">
         <v>131</v>
       </c>
-      <c r="AH37" s="73" t="s">
+      <c r="AH37" s="11" t="s">
         <v>131</v>
       </c>
-      <c r="AI37" s="101"/>
-      <c r="AJ37" s="74"/>
+      <c r="AI37" s="25"/>
+      <c r="AJ37" s="13"/>
       <c r="AK37" s="26" t="str">
         <f>HYPERLINK("https://www.mtk-ctm.ch/de/tarife/logopaedie/","Link")</f>
         <v>Link</v>
       </c>
-      <c r="AL37" s="75">
+      <c r="AL37" s="15">
         <v>37257</v>
       </c>
-      <c r="AM37" s="75">
+      <c r="AM37" s="15">
         <v>2958465</v>
       </c>
-      <c r="AN37" s="75">
+      <c r="AN37" s="15">
         <v>38820</v>
       </c>
-      <c r="AO37" s="84"/>
-[...2 lines deleted...]
-      <c r="A38" s="68">
+      <c r="AO37" s="22"/>
+    </row>
+    <row r="38" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="6">
         <v>329</v>
       </c>
-      <c r="B38" s="69" t="s">
+      <c r="B38" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C38" s="129" t="s">
+      <c r="C38" s="102" t="s">
+        <v>576</v>
+      </c>
+      <c r="D38" s="102" t="s">
         <v>578</v>
       </c>
-      <c r="D38" s="129" t="s">
-[...38 lines deleted...]
-      <c r="AG38" s="73" t="s">
+      <c r="E38" s="9"/>
+      <c r="F38" s="10"/>
+      <c r="G38" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="H38" s="10"/>
+      <c r="I38" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="J38" s="10"/>
+      <c r="K38" s="10"/>
+      <c r="L38" s="10"/>
+      <c r="M38" s="10"/>
+      <c r="N38" s="10"/>
+      <c r="O38" s="10"/>
+      <c r="P38" s="10"/>
+      <c r="Q38" s="10"/>
+      <c r="R38" s="10"/>
+      <c r="S38" s="10"/>
+      <c r="T38" s="10"/>
+      <c r="U38" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="V38" s="10"/>
+      <c r="W38" s="10"/>
+      <c r="X38" s="10"/>
+      <c r="Y38" s="10"/>
+      <c r="Z38" s="10"/>
+      <c r="AA38" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="AB38" s="10"/>
+      <c r="AC38" s="10"/>
+      <c r="AD38" s="10"/>
+      <c r="AE38" s="10"/>
+      <c r="AF38" s="10"/>
+      <c r="AG38" s="11" t="s">
         <v>146</v>
       </c>
-      <c r="AH38" s="73" t="s">
+      <c r="AH38" s="11" t="s">
         <v>48</v>
       </c>
-      <c r="AI38" s="101"/>
-      <c r="AJ38" s="74"/>
+      <c r="AI38" s="25"/>
+      <c r="AJ38" s="13"/>
       <c r="AK38" s="12" t="str">
         <f>HYPERLINK("https://www.mtk-ctm.ch/de/tarife/hoersysteme-tarif/","Link")</f>
         <v>Link</v>
       </c>
-      <c r="AL38" s="75">
+      <c r="AL38" s="15">
         <v>37257</v>
       </c>
-      <c r="AM38" s="75">
+      <c r="AM38" s="15">
         <v>2958465</v>
       </c>
-      <c r="AN38" s="75">
+      <c r="AN38" s="15">
         <v>43899</v>
       </c>
-      <c r="AO38" s="84"/>
-[...2 lines deleted...]
-      <c r="A39" s="68">
+      <c r="AO38" s="22"/>
+    </row>
+    <row r="39" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="6">
         <v>330</v>
       </c>
-      <c r="B39" s="69" t="s">
+      <c r="B39" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C39" s="70" t="s">
+      <c r="C39" s="8" t="s">
         <v>147</v>
       </c>
-      <c r="D39" s="70" t="s">
+      <c r="D39" s="8" t="s">
         <v>148</v>
       </c>
-      <c r="E39" s="71"/>
-[...35 lines deleted...]
-      <c r="AG39" s="73" t="s">
+      <c r="E39" s="9"/>
+      <c r="F39" s="10"/>
+      <c r="G39" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="H39" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="I39" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="J39" s="10"/>
+      <c r="K39" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="L39" s="10"/>
+      <c r="M39" s="10"/>
+      <c r="N39" s="10"/>
+      <c r="O39" s="10"/>
+      <c r="P39" s="10"/>
+      <c r="Q39" s="10"/>
+      <c r="R39" s="10"/>
+      <c r="S39" s="10"/>
+      <c r="T39" s="10"/>
+      <c r="U39" s="10"/>
+      <c r="V39" s="10"/>
+      <c r="W39" s="10"/>
+      <c r="X39" s="10"/>
+      <c r="Y39" s="10"/>
+      <c r="Z39" s="10"/>
+      <c r="AA39" s="10"/>
+      <c r="AB39" s="10"/>
+      <c r="AC39" s="10"/>
+      <c r="AD39" s="10"/>
+      <c r="AE39" s="10"/>
+      <c r="AF39" s="10"/>
+      <c r="AG39" s="11" t="s">
         <v>149</v>
       </c>
-      <c r="AH39" s="73" t="s">
+      <c r="AH39" s="11" t="s">
         <v>48</v>
       </c>
-      <c r="AI39" s="101"/>
-      <c r="AJ39" s="74"/>
+      <c r="AI39" s="25"/>
+      <c r="AJ39" s="13"/>
       <c r="AK39" s="26" t="str">
         <f>HYPERLINK("https://www.mtk-ctm.ch/de/tarife/neuropsychologie/","Link")</f>
         <v>Link</v>
       </c>
-      <c r="AL39" s="75">
+      <c r="AL39" s="15">
         <v>38261</v>
       </c>
-      <c r="AM39" s="75">
+      <c r="AM39" s="15">
         <v>2958465</v>
       </c>
-      <c r="AN39" s="75">
+      <c r="AN39" s="15">
         <v>38820</v>
       </c>
-      <c r="AO39" s="84"/>
-[...2 lines deleted...]
-      <c r="A40" s="68" t="s">
+      <c r="AO39" s="22"/>
+    </row>
+    <row r="40" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="6" t="s">
         <v>150</v>
       </c>
-      <c r="B40" s="69" t="s">
+      <c r="B40" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C40" s="129" t="s">
-[...43 lines deleted...]
-      <c r="AG40" s="73" t="s">
+      <c r="C40" s="102" t="s">
+        <v>573</v>
+      </c>
+      <c r="D40" s="102" t="s">
+        <v>574</v>
+      </c>
+      <c r="E40" s="9"/>
+      <c r="F40" s="10"/>
+      <c r="G40" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="H40" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="I40" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="J40" s="10"/>
+      <c r="K40" s="10"/>
+      <c r="L40" s="10"/>
+      <c r="M40" s="10"/>
+      <c r="N40" s="10"/>
+      <c r="O40" s="10"/>
+      <c r="P40" s="10"/>
+      <c r="Q40" s="10"/>
+      <c r="R40" s="10"/>
+      <c r="S40" s="10"/>
+      <c r="T40" s="10"/>
+      <c r="U40" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="V40" s="10"/>
+      <c r="W40" s="10"/>
+      <c r="X40" s="10"/>
+      <c r="Y40" s="10"/>
+      <c r="Z40" s="10"/>
+      <c r="AA40" s="10"/>
+      <c r="AB40" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="AC40" s="10"/>
+      <c r="AD40" s="10"/>
+      <c r="AE40" s="10"/>
+      <c r="AF40" s="10"/>
+      <c r="AG40" s="11" t="s">
         <v>151</v>
       </c>
-      <c r="AH40" s="73" t="s">
+      <c r="AH40" s="11" t="s">
         <v>48</v>
       </c>
-      <c r="AI40" s="101"/>
-      <c r="AJ40" s="74"/>
+      <c r="AI40" s="25"/>
+      <c r="AJ40" s="13"/>
       <c r="AK40" s="26" t="str">
         <f>HYPERLINK("https://www.mtk-ctm.ch/de/tarife/augenprothesen/","Link")</f>
         <v>Link</v>
       </c>
-      <c r="AL40" s="75">
+      <c r="AL40" s="15">
         <v>37257</v>
       </c>
-      <c r="AM40" s="75">
+      <c r="AM40" s="15">
         <v>2958465</v>
       </c>
-      <c r="AN40" s="75">
+      <c r="AN40" s="15">
         <v>43899</v>
       </c>
-      <c r="AO40" s="84"/>
-[...2 lines deleted...]
-      <c r="A41" s="68" t="s">
+      <c r="AO40" s="22"/>
+    </row>
+    <row r="41" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="6" t="s">
         <v>152</v>
       </c>
-      <c r="B41" s="69" t="s">
+      <c r="B41" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C41" s="129" t="s">
+      <c r="C41" s="102" t="s">
+        <v>577</v>
+      </c>
+      <c r="D41" s="102" t="s">
         <v>579</v>
       </c>
-      <c r="D41" s="129" t="s">
-[...38 lines deleted...]
-      <c r="AG41" s="73" t="s">
+      <c r="E41" s="9"/>
+      <c r="F41" s="10"/>
+      <c r="G41" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="H41" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="I41" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="J41" s="10"/>
+      <c r="K41" s="10"/>
+      <c r="L41" s="10"/>
+      <c r="M41" s="10"/>
+      <c r="N41" s="10"/>
+      <c r="O41" s="10"/>
+      <c r="P41" s="10"/>
+      <c r="Q41" s="10"/>
+      <c r="R41" s="10"/>
+      <c r="S41" s="10"/>
+      <c r="T41" s="10"/>
+      <c r="U41" s="10"/>
+      <c r="V41" s="10"/>
+      <c r="W41" s="10"/>
+      <c r="X41" s="10"/>
+      <c r="Y41" s="10"/>
+      <c r="Z41" s="10"/>
+      <c r="AA41" s="10"/>
+      <c r="AB41" s="10"/>
+      <c r="AC41" s="10"/>
+      <c r="AD41" s="10"/>
+      <c r="AE41" s="10"/>
+      <c r="AF41" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="AG41" s="11" t="s">
         <v>153</v>
       </c>
-      <c r="AH41" s="73" t="s">
+      <c r="AH41" s="11" t="s">
         <v>48</v>
       </c>
-      <c r="AI41" s="101"/>
-      <c r="AJ41" s="74"/>
+      <c r="AI41" s="25"/>
+      <c r="AJ41" s="13"/>
       <c r="AK41" s="26" t="str">
         <f>HYPERLINK("https://www.mtk-ctm.ch/de/tarife/evaluation-der-funktionellen-leistungsfaehigkeit-efl/","Link")</f>
         <v>Link</v>
       </c>
-      <c r="AL41" s="75">
+      <c r="AL41" s="15">
         <v>37257</v>
       </c>
-      <c r="AM41" s="75">
+      <c r="AM41" s="15">
         <v>2958465</v>
       </c>
-      <c r="AN41" s="75">
+      <c r="AN41" s="15">
         <v>38820</v>
       </c>
-      <c r="AO41" s="84"/>
-[...2 lines deleted...]
-      <c r="A42" s="68">
+      <c r="AO41" s="22"/>
+    </row>
+    <row r="42" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="6">
         <v>334</v>
       </c>
-      <c r="B42" s="69" t="s">
+      <c r="B42" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C42" s="70" t="s">
-[...41 lines deleted...]
-      <c r="AG42" s="73" t="s">
+      <c r="C42" s="8" t="s">
+        <v>534</v>
+      </c>
+      <c r="D42" s="8" t="s">
+        <v>575</v>
+      </c>
+      <c r="E42" s="9"/>
+      <c r="F42" s="10"/>
+      <c r="G42" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="H42" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="I42" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="J42" s="10"/>
+      <c r="K42" s="10"/>
+      <c r="L42" s="10"/>
+      <c r="M42" s="10"/>
+      <c r="N42" s="10"/>
+      <c r="O42" s="10"/>
+      <c r="P42" s="10"/>
+      <c r="Q42" s="10"/>
+      <c r="R42" s="10"/>
+      <c r="S42" s="10"/>
+      <c r="T42" s="10"/>
+      <c r="U42" s="10"/>
+      <c r="V42" s="10"/>
+      <c r="W42" s="10"/>
+      <c r="X42" s="10"/>
+      <c r="Y42" s="10"/>
+      <c r="Z42" s="10"/>
+      <c r="AA42" s="10"/>
+      <c r="AB42" s="10"/>
+      <c r="AC42" s="10"/>
+      <c r="AD42" s="10"/>
+      <c r="AE42" s="10"/>
+      <c r="AF42" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="AG42" s="11" t="s">
         <v>154</v>
       </c>
-      <c r="AH42" s="73" t="s">
+      <c r="AH42" s="11" t="s">
         <v>48</v>
       </c>
-      <c r="AI42" s="101"/>
-      <c r="AJ42" s="74"/>
+      <c r="AI42" s="25"/>
+      <c r="AJ42" s="13"/>
       <c r="AK42" s="26" t="str">
         <f>HYPERLINK("https://www.mtk-ctm.ch/de/tarife/krankenpflegetarif-sbk-asi/","Link")</f>
         <v>Link</v>
       </c>
-      <c r="AL42" s="75">
+      <c r="AL42" s="15">
         <v>36526</v>
       </c>
-      <c r="AM42" s="75">
+      <c r="AM42" s="15">
         <v>2958465</v>
       </c>
-      <c r="AN42" s="75">
+      <c r="AN42" s="15">
         <v>39938</v>
       </c>
-      <c r="AO42" s="84"/>
-[...2 lines deleted...]
-      <c r="A43" s="68">
+      <c r="AO42" s="22"/>
+    </row>
+    <row r="43" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="6">
         <v>337</v>
       </c>
-      <c r="B43" s="69" t="s">
+      <c r="B43" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C43" s="70" t="s">
+      <c r="C43" s="8" t="s">
         <v>160</v>
       </c>
-      <c r="D43" s="70" t="s">
+      <c r="D43" s="8" t="s">
         <v>161</v>
       </c>
-      <c r="E43" s="71"/>
-[...37 lines deleted...]
-      <c r="AG43" s="73" t="s">
+      <c r="E43" s="9"/>
+      <c r="F43" s="10"/>
+      <c r="G43" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="H43" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="I43" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="J43" s="10"/>
+      <c r="K43" s="10"/>
+      <c r="L43" s="10"/>
+      <c r="M43" s="10"/>
+      <c r="N43" s="10"/>
+      <c r="O43" s="10"/>
+      <c r="P43" s="10"/>
+      <c r="Q43" s="10"/>
+      <c r="R43" s="10"/>
+      <c r="S43" s="10"/>
+      <c r="T43" s="10"/>
+      <c r="U43" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="V43" s="10"/>
+      <c r="W43" s="10"/>
+      <c r="X43" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="Y43" s="10"/>
+      <c r="Z43" s="10"/>
+      <c r="AA43" s="10"/>
+      <c r="AB43" s="10"/>
+      <c r="AC43" s="10"/>
+      <c r="AD43" s="10"/>
+      <c r="AE43" s="10"/>
+      <c r="AF43" s="10"/>
+      <c r="AG43" s="11" t="s">
         <v>162</v>
       </c>
-      <c r="AH43" s="73" t="s">
+      <c r="AH43" s="11" t="s">
         <v>48</v>
       </c>
-      <c r="AI43" s="101"/>
-      <c r="AJ43" s="74"/>
+      <c r="AI43" s="25"/>
+      <c r="AJ43" s="13"/>
       <c r="AK43" s="26" t="str">
         <f>HYPERLINK("https://www.mtk-ctm.ch/de/tarife/rollstuhlversorgung/","Link")</f>
         <v>Link</v>
       </c>
-      <c r="AL43" s="75">
+      <c r="AL43" s="15">
         <v>43101</v>
       </c>
-      <c r="AM43" s="75">
+      <c r="AM43" s="15">
         <v>2958465</v>
       </c>
-      <c r="AN43" s="75">
+      <c r="AN43" s="15">
         <v>43899</v>
       </c>
-      <c r="AO43" s="84"/>
-[...2 lines deleted...]
-      <c r="A44" s="68" t="s">
+      <c r="AO43" s="22"/>
+    </row>
+    <row r="44" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A44" s="6" t="s">
         <v>163</v>
       </c>
-      <c r="B44" s="69" t="s">
+      <c r="B44" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C44" s="70" t="s">
+      <c r="C44" s="8" t="s">
         <v>164</v>
       </c>
-      <c r="D44" s="70" t="s">
+      <c r="D44" s="8" t="s">
         <v>165</v>
       </c>
-      <c r="E44" s="71"/>
-[...35 lines deleted...]
-      <c r="AG44" s="73" t="s">
+      <c r="E44" s="9"/>
+      <c r="F44" s="10"/>
+      <c r="G44" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="H44" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="I44" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="J44" s="10"/>
+      <c r="K44" s="10"/>
+      <c r="L44" s="10"/>
+      <c r="M44" s="10"/>
+      <c r="N44" s="10"/>
+      <c r="O44" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="P44" s="10"/>
+      <c r="Q44" s="10"/>
+      <c r="R44" s="10"/>
+      <c r="S44" s="10"/>
+      <c r="T44" s="10"/>
+      <c r="U44" s="10"/>
+      <c r="V44" s="10"/>
+      <c r="W44" s="10"/>
+      <c r="X44" s="10"/>
+      <c r="Y44" s="10"/>
+      <c r="Z44" s="10"/>
+      <c r="AA44" s="10"/>
+      <c r="AB44" s="10"/>
+      <c r="AC44" s="10"/>
+      <c r="AD44" s="10"/>
+      <c r="AE44" s="10"/>
+      <c r="AF44" s="10"/>
+      <c r="AG44" s="11" t="s">
         <v>166</v>
       </c>
-      <c r="AH44" s="73" t="s">
+      <c r="AH44" s="11" t="s">
         <v>48</v>
       </c>
-      <c r="AI44" s="101"/>
-      <c r="AJ44" s="74"/>
+      <c r="AI44" s="25"/>
+      <c r="AJ44" s="13"/>
       <c r="AK44" s="26" t="str">
         <f>HYPERLINK("https://www.mtk-ctm.ch/de/tarife/ergotherapie/","Link")</f>
         <v>Link</v>
       </c>
-      <c r="AL44" s="75">
+      <c r="AL44" s="15">
         <v>43466</v>
       </c>
-      <c r="AM44" s="75">
+      <c r="AM44" s="15">
         <v>2958465</v>
       </c>
-      <c r="AN44" s="75">
+      <c r="AN44" s="15">
         <v>43334</v>
       </c>
-      <c r="AO44" s="84"/>
-[...2 lines deleted...]
-      <c r="A45" s="68" t="s">
+      <c r="AO44" s="22"/>
+    </row>
+    <row r="45" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A45" s="6" t="s">
         <v>167</v>
       </c>
-      <c r="B45" s="69" t="s">
+      <c r="B45" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C45" s="70" t="s">
+      <c r="C45" s="8" t="s">
         <v>168</v>
       </c>
-      <c r="D45" s="70" t="s">
+      <c r="D45" s="8" t="s">
         <v>169</v>
       </c>
-      <c r="E45" s="71"/>
-[...33 lines deleted...]
-      <c r="AG45" s="73" t="s">
+      <c r="E45" s="9"/>
+      <c r="F45" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="G45" s="10"/>
+      <c r="H45" s="10"/>
+      <c r="I45" s="10"/>
+      <c r="J45" s="10"/>
+      <c r="K45" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="L45" s="10"/>
+      <c r="M45" s="10"/>
+      <c r="N45" s="10"/>
+      <c r="O45" s="10"/>
+      <c r="P45" s="10"/>
+      <c r="Q45" s="10"/>
+      <c r="R45" s="10"/>
+      <c r="S45" s="10"/>
+      <c r="T45" s="10"/>
+      <c r="U45" s="10"/>
+      <c r="V45" s="10"/>
+      <c r="W45" s="10"/>
+      <c r="X45" s="10"/>
+      <c r="Y45" s="10"/>
+      <c r="Z45" s="10"/>
+      <c r="AA45" s="10"/>
+      <c r="AB45" s="10"/>
+      <c r="AC45" s="10"/>
+      <c r="AD45" s="10"/>
+      <c r="AE45" s="10"/>
+      <c r="AF45" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="AG45" s="11" t="s">
         <v>170</v>
       </c>
-      <c r="AH45" s="73" t="s">
+      <c r="AH45" s="11" t="s">
         <v>170</v>
       </c>
-      <c r="AI45" s="101"/>
+      <c r="AI45" s="25"/>
       <c r="AJ45" s="12" t="str">
         <f>HYPERLINK("https://www.hplus.ch/de/tarife/neuropsychologie-kvg","Link")</f>
         <v>Link</v>
       </c>
       <c r="AK45" s="26"/>
-      <c r="AL45" s="75">
+      <c r="AL45" s="15">
         <v>44287</v>
       </c>
-      <c r="AM45" s="75">
+      <c r="AM45" s="15">
         <v>2958465</v>
       </c>
-      <c r="AN45" s="75">
+      <c r="AN45" s="15">
         <v>44299</v>
       </c>
-      <c r="AO45" s="84"/>
-[...2 lines deleted...]
-      <c r="A46" s="68" t="s">
+      <c r="AO45" s="22"/>
+    </row>
+    <row r="46" spans="1:41" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A46" s="6" t="s">
         <v>486</v>
       </c>
-      <c r="B46" s="69" t="s">
+      <c r="B46" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C46" s="70" t="s">
+      <c r="C46" s="8" t="s">
         <v>487</v>
       </c>
-      <c r="D46" s="70" t="s">
+      <c r="D46" s="8" t="s">
         <v>500</v>
       </c>
-      <c r="E46" s="71"/>
-[...3 lines deleted...]
-      <c r="G46" s="72" t="s">
+      <c r="E46" s="9"/>
+      <c r="F46" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="G46" s="10" t="s">
         <v>78</v>
       </c>
-      <c r="H46" s="72" t="s">
+      <c r="H46" s="10" t="s">
         <v>78</v>
       </c>
-      <c r="I46" s="72" t="s">
+      <c r="I46" s="10" t="s">
         <v>78</v>
       </c>
-      <c r="J46" s="72"/>
-[...26 lines deleted...]
-      <c r="AG46" s="73" t="s">
+      <c r="J46" s="10"/>
+      <c r="K46" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="L46" s="10"/>
+      <c r="M46" s="10"/>
+      <c r="N46" s="10"/>
+      <c r="O46" s="10"/>
+      <c r="P46" s="10"/>
+      <c r="Q46" s="10"/>
+      <c r="R46" s="10"/>
+      <c r="S46" s="10"/>
+      <c r="T46" s="10"/>
+      <c r="U46" s="10"/>
+      <c r="V46" s="10"/>
+      <c r="W46" s="10"/>
+      <c r="X46" s="10"/>
+      <c r="Y46" s="10"/>
+      <c r="Z46" s="10"/>
+      <c r="AA46" s="10"/>
+      <c r="AB46" s="10"/>
+      <c r="AC46" s="10"/>
+      <c r="AD46" s="10"/>
+      <c r="AE46" s="10"/>
+      <c r="AF46" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="AG46" s="11" t="s">
         <v>503</v>
       </c>
-      <c r="AH46" s="73" t="s">
+      <c r="AH46" s="11" t="s">
         <v>503</v>
       </c>
-      <c r="AI46" s="101"/>
+      <c r="AI46" s="25"/>
       <c r="AJ46" s="12" t="str">
         <f>HYPERLINK("https://www.ops.swiss/tarif","Link")</f>
         <v>Link</v>
       </c>
       <c r="AK46" s="26"/>
-      <c r="AL46" s="75">
+      <c r="AL46" s="15">
         <v>44562</v>
       </c>
-      <c r="AM46" s="75">
+      <c r="AM46" s="15">
         <v>2958465</v>
       </c>
-      <c r="AN46" s="75">
+      <c r="AN46" s="15">
         <v>44720</v>
       </c>
-      <c r="AO46" s="103" t="s">
+      <c r="AO46" s="85" t="s">
         <v>504</v>
       </c>
     </row>
-    <row r="47" spans="1:41" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A47" s="68">
+    <row r="47" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A47" s="6">
         <v>350</v>
       </c>
-      <c r="B47" s="69" t="s">
+      <c r="B47" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C47" s="70" t="s">
+      <c r="C47" s="8" t="s">
         <v>171</v>
       </c>
-      <c r="D47" s="70" t="s">
+      <c r="D47" s="8" t="s">
         <v>172</v>
       </c>
-      <c r="E47" s="71"/>
-[...32 lines deleted...]
-      <c r="AH47" s="73" t="s">
+      <c r="E47" s="9"/>
+      <c r="F47" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="G47" s="10"/>
+      <c r="H47" s="10"/>
+      <c r="I47" s="10"/>
+      <c r="J47" s="10"/>
+      <c r="K47" s="10"/>
+      <c r="L47" s="10"/>
+      <c r="M47" s="10"/>
+      <c r="N47" s="10"/>
+      <c r="O47" s="10"/>
+      <c r="P47" s="10"/>
+      <c r="Q47" s="10"/>
+      <c r="R47" s="10"/>
+      <c r="S47" s="10"/>
+      <c r="T47" s="10"/>
+      <c r="U47" s="10"/>
+      <c r="V47" s="10"/>
+      <c r="W47" s="10"/>
+      <c r="X47" s="10"/>
+      <c r="Y47" s="10"/>
+      <c r="Z47" s="10"/>
+      <c r="AA47" s="10"/>
+      <c r="AB47" s="10"/>
+      <c r="AC47" s="10"/>
+      <c r="AD47" s="10"/>
+      <c r="AE47" s="10"/>
+      <c r="AF47" s="10"/>
+      <c r="AG47" s="11" t="s">
+        <v>538</v>
+      </c>
+      <c r="AH47" s="11" t="s">
         <v>62</v>
       </c>
-      <c r="AI47" s="101"/>
+      <c r="AI47" s="25"/>
       <c r="AJ47" s="12" t="str">
         <f>HYPERLINK("https://www.sasis.ch/edi/referenzdaten-zu-tarifen/","Link")</f>
         <v>Link</v>
       </c>
-      <c r="AK47" s="74"/>
-      <c r="AL47" s="75">
+      <c r="AK47" s="13"/>
+      <c r="AL47" s="15">
         <v>43040</v>
       </c>
-      <c r="AM47" s="75">
+      <c r="AM47" s="15">
         <v>2958465</v>
       </c>
-      <c r="AN47" s="81">
+      <c r="AN47" s="21">
         <v>45782</v>
       </c>
-      <c r="AO47" s="73" t="s">
-[...4 lines deleted...]
-      <c r="A48" s="68" t="s">
+      <c r="AO47" s="11" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="48" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A48" s="6" t="s">
         <v>173</v>
       </c>
-      <c r="B48" s="69" t="s">
+      <c r="B48" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C48" s="70" t="s">
+      <c r="C48" s="8" t="s">
         <v>174</v>
       </c>
-      <c r="D48" s="70" t="s">
+      <c r="D48" s="8" t="s">
         <v>175</v>
       </c>
-      <c r="E48" s="71"/>
-[...41 lines deleted...]
-      <c r="AG48" s="73" t="s">
+      <c r="E48" s="9"/>
+      <c r="F48" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="G48" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="H48" s="10"/>
+      <c r="I48" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="J48" s="10"/>
+      <c r="K48" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="L48" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="M48" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="N48" s="10"/>
+      <c r="O48" s="10"/>
+      <c r="P48" s="10"/>
+      <c r="Q48" s="10"/>
+      <c r="R48" s="10"/>
+      <c r="S48" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="T48" s="10"/>
+      <c r="U48" s="10"/>
+      <c r="V48" s="10"/>
+      <c r="W48" s="10"/>
+      <c r="X48" s="10"/>
+      <c r="Y48" s="10"/>
+      <c r="Z48" s="10"/>
+      <c r="AA48" s="10"/>
+      <c r="AB48" s="10"/>
+      <c r="AC48" s="10"/>
+      <c r="AD48" s="10"/>
+      <c r="AE48" s="10"/>
+      <c r="AF48" s="10"/>
+      <c r="AG48" s="11" t="s">
         <v>43</v>
       </c>
-      <c r="AH48" s="73" t="s">
+      <c r="AH48" s="11" t="s">
         <v>43</v>
       </c>
       <c r="AI48" s="12" t="str">
         <f>HYPERLINK("https://www.bag.admin.ch/bag/de/home/krankheiten/ausbrueche-epidemien-pandemien/aktuelle-ausbrueche-epidemien/novel-cov/regelung-krankenversicherung.html","Link")</f>
         <v>Link</v>
       </c>
       <c r="AJ48" s="27"/>
-      <c r="AK48" s="104"/>
-      <c r="AL48" s="75">
+      <c r="AK48" s="29"/>
+      <c r="AL48" s="15">
         <v>44137</v>
       </c>
-      <c r="AM48" s="75">
+      <c r="AM48" s="15">
         <v>2958465</v>
       </c>
-      <c r="AN48" s="75">
+      <c r="AN48" s="15">
         <v>44125</v>
       </c>
-      <c r="AO48" s="84"/>
-[...2 lines deleted...]
-      <c r="A49" s="68" t="s">
+      <c r="AO48" s="22"/>
+    </row>
+    <row r="49" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A49" s="6" t="s">
         <v>478</v>
       </c>
-      <c r="B49" s="69" t="s">
+      <c r="B49" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C49" s="70" t="s">
+      <c r="C49" s="8" t="s">
         <v>481</v>
       </c>
-      <c r="D49" s="70" t="s">
-[...3 lines deleted...]
-      <c r="F49" s="72" t="s">
+      <c r="D49" s="8" t="s">
+        <v>532</v>
+      </c>
+      <c r="E49" s="9"/>
+      <c r="F49" s="10" t="s">
         <v>78</v>
       </c>
-      <c r="G49" s="72"/>
-[...27 lines deleted...]
-      <c r="AG49" s="73" t="s">
+      <c r="G49" s="10"/>
+      <c r="H49" s="10"/>
+      <c r="I49" s="10"/>
+      <c r="J49" s="10"/>
+      <c r="K49" s="10"/>
+      <c r="L49" s="10"/>
+      <c r="M49" s="10"/>
+      <c r="N49" s="10"/>
+      <c r="O49" s="10"/>
+      <c r="P49" s="10"/>
+      <c r="Q49" s="10"/>
+      <c r="R49" s="10"/>
+      <c r="S49" s="10"/>
+      <c r="T49" s="10"/>
+      <c r="U49" s="10"/>
+      <c r="V49" s="10"/>
+      <c r="W49" s="10"/>
+      <c r="X49" s="10"/>
+      <c r="Y49" s="10"/>
+      <c r="Z49" s="10"/>
+      <c r="AA49" s="10"/>
+      <c r="AB49" s="10"/>
+      <c r="AC49" s="10"/>
+      <c r="AD49" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="AE49" s="10"/>
+      <c r="AF49" s="10"/>
+      <c r="AG49" s="11" t="s">
         <v>480</v>
       </c>
-      <c r="AH49" s="73" t="s">
+      <c r="AH49" s="11" t="s">
         <v>480</v>
       </c>
       <c r="AI49" s="12"/>
       <c r="AJ49" s="12" t="str">
         <f>HYPERLINK("https://lkv.li/fuer-versicherte/tarifvertraege","Link")</f>
         <v>Link</v>
       </c>
-      <c r="AK49" s="104"/>
-      <c r="AL49" s="75">
+      <c r="AK49" s="29"/>
+      <c r="AL49" s="15">
         <v>42370</v>
       </c>
-      <c r="AM49" s="75">
+      <c r="AM49" s="15">
         <v>2958465</v>
       </c>
-      <c r="AN49" s="75">
+      <c r="AN49" s="15">
         <v>44482</v>
       </c>
-      <c r="AO49" s="84"/>
-[...2 lines deleted...]
-      <c r="A50" s="68" t="s">
+      <c r="AO49" s="22"/>
+    </row>
+    <row r="50" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A50" s="6" t="s">
         <v>479</v>
       </c>
-      <c r="B50" s="69" t="s">
+      <c r="B50" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C50" s="70" t="s">
+      <c r="C50" s="8" t="s">
         <v>482</v>
       </c>
-      <c r="D50" s="70" t="s">
-[...3 lines deleted...]
-      <c r="F50" s="72" t="s">
+      <c r="D50" s="8" t="s">
+        <v>533</v>
+      </c>
+      <c r="E50" s="9"/>
+      <c r="F50" s="10" t="s">
         <v>78</v>
       </c>
-      <c r="G50" s="72"/>
-[...27 lines deleted...]
-      <c r="AG50" s="73" t="s">
+      <c r="G50" s="10"/>
+      <c r="H50" s="10"/>
+      <c r="I50" s="10"/>
+      <c r="J50" s="10"/>
+      <c r="K50" s="10"/>
+      <c r="L50" s="10"/>
+      <c r="M50" s="10"/>
+      <c r="N50" s="10"/>
+      <c r="O50" s="10"/>
+      <c r="P50" s="10"/>
+      <c r="Q50" s="10"/>
+      <c r="R50" s="10"/>
+      <c r="S50" s="10"/>
+      <c r="T50" s="10"/>
+      <c r="U50" s="10"/>
+      <c r="V50" s="10"/>
+      <c r="W50" s="10"/>
+      <c r="X50" s="10"/>
+      <c r="Y50" s="10"/>
+      <c r="Z50" s="10"/>
+      <c r="AA50" s="10"/>
+      <c r="AB50" s="10"/>
+      <c r="AC50" s="10"/>
+      <c r="AD50" s="10"/>
+      <c r="AE50" s="10"/>
+      <c r="AF50" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="AG50" s="11" t="s">
         <v>480</v>
       </c>
-      <c r="AH50" s="73" t="s">
+      <c r="AH50" s="11" t="s">
         <v>480</v>
       </c>
       <c r="AI50" s="12"/>
       <c r="AJ50" s="12" t="str">
         <f>HYPERLINK("https://lkv.li/fuer-versicherte/tarifvertraege","Link")</f>
         <v>Link</v>
       </c>
-      <c r="AK50" s="104"/>
-      <c r="AL50" s="75">
+      <c r="AK50" s="29"/>
+      <c r="AL50" s="15">
         <v>42917</v>
       </c>
-      <c r="AM50" s="75">
+      <c r="AM50" s="15">
         <v>2958465</v>
       </c>
-      <c r="AN50" s="75">
+      <c r="AN50" s="15">
         <v>44482</v>
       </c>
-      <c r="AO50" s="84"/>
-[...5 lines deleted...]
-      <c r="B51" s="69" t="s">
+      <c r="AO50" s="22"/>
+    </row>
+    <row r="51" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A51" s="6" t="s">
+        <v>527</v>
+      </c>
+      <c r="B51" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C51" s="70" t="s">
+      <c r="C51" s="8" t="s">
+        <v>530</v>
+      </c>
+      <c r="D51" s="8" t="s">
         <v>531</v>
       </c>
-      <c r="D51" s="70" t="s">
-[...3 lines deleted...]
-      <c r="F51" s="72" t="s">
+      <c r="E51" s="9"/>
+      <c r="F51" s="10" t="s">
         <v>78</v>
       </c>
-      <c r="G51" s="72"/>
-[...27 lines deleted...]
-      <c r="AG51" s="73" t="s">
+      <c r="G51" s="10"/>
+      <c r="H51" s="10"/>
+      <c r="I51" s="10"/>
+      <c r="J51" s="10"/>
+      <c r="K51" s="10"/>
+      <c r="L51" s="10"/>
+      <c r="M51" s="10"/>
+      <c r="N51" s="10"/>
+      <c r="O51" s="10"/>
+      <c r="P51" s="10"/>
+      <c r="Q51" s="10"/>
+      <c r="R51" s="10"/>
+      <c r="S51" s="10"/>
+      <c r="T51" s="10"/>
+      <c r="U51" s="10"/>
+      <c r="V51" s="10"/>
+      <c r="W51" s="10"/>
+      <c r="X51" s="10"/>
+      <c r="Y51" s="10"/>
+      <c r="Z51" s="10"/>
+      <c r="AA51" s="10"/>
+      <c r="AB51" s="10"/>
+      <c r="AC51" s="10"/>
+      <c r="AD51" s="10"/>
+      <c r="AE51" s="10"/>
+      <c r="AF51" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="AG51" s="11" t="s">
         <v>480</v>
       </c>
-      <c r="AH51" s="73" t="s">
+      <c r="AH51" s="11" t="s">
         <v>480</v>
       </c>
       <c r="AI51" s="12"/>
       <c r="AJ51" s="12" t="str">
         <f>HYPERLINK("https://lkv.li/fuer-versicherte/tarifvertraege","Link")</f>
         <v>Link</v>
       </c>
-      <c r="AK51" s="104"/>
-      <c r="AL51" s="75">
+      <c r="AK51" s="29"/>
+      <c r="AL51" s="15">
         <v>42979</v>
       </c>
-      <c r="AM51" s="75">
+      <c r="AM51" s="15">
         <v>2958465</v>
       </c>
-      <c r="AN51" s="75">
+      <c r="AN51" s="15">
         <v>45603</v>
       </c>
-      <c r="AO51" s="84"/>
-[...2 lines deleted...]
-      <c r="A52" s="68">
+      <c r="AO51" s="22"/>
+    </row>
+    <row r="52" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A52" s="6">
         <v>401</v>
       </c>
-      <c r="B52" s="69" t="s">
+      <c r="B52" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C52" s="70" t="s">
+      <c r="C52" s="8" t="s">
         <v>180</v>
       </c>
-      <c r="D52" s="70" t="s">
+      <c r="D52" s="8" t="s">
         <v>181</v>
       </c>
-      <c r="E52" s="71"/>
-[...55 lines deleted...]
-      <c r="AG52" s="73" t="s">
+      <c r="E52" s="9"/>
+      <c r="F52" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="G52" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="H52" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="I52" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="J52" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K52" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="L52" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="M52" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="N52" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="O52" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="P52" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="Q52" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="R52" s="10"/>
+      <c r="S52" s="10"/>
+      <c r="T52" s="10"/>
+      <c r="U52" s="10"/>
+      <c r="V52" s="10"/>
+      <c r="W52" s="10"/>
+      <c r="X52" s="10"/>
+      <c r="Y52" s="10"/>
+      <c r="Z52" s="10"/>
+      <c r="AA52" s="10"/>
+      <c r="AB52" s="10"/>
+      <c r="AC52" s="10"/>
+      <c r="AD52" s="10"/>
+      <c r="AE52" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="AF52" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="AG52" s="11" t="s">
         <v>43</v>
       </c>
-      <c r="AH52" s="73" t="s">
+      <c r="AH52" s="11" t="s">
         <v>43</v>
       </c>
       <c r="AI52" s="12" t="str">
         <f>HYPERLINK("http://www.spezialitaetenliste.ch/varia_De.htm","Link")</f>
         <v>Link</v>
       </c>
-      <c r="AJ52" s="74"/>
-[...1 lines deleted...]
-      <c r="AL52" s="75">
+      <c r="AJ52" s="13"/>
+      <c r="AK52" s="13"/>
+      <c r="AL52" s="15">
         <v>42186</v>
       </c>
-      <c r="AM52" s="75">
+      <c r="AM52" s="15">
         <v>2958465</v>
       </c>
-      <c r="AN52" s="75">
+      <c r="AN52" s="15">
         <v>43789</v>
       </c>
-      <c r="AO52" s="84"/>
-[...2 lines deleted...]
-      <c r="A53" s="68" t="s">
+      <c r="AO52" s="22"/>
+    </row>
+    <row r="53" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A53" s="6" t="s">
         <v>182</v>
       </c>
-      <c r="B53" s="69" t="s">
+      <c r="B53" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C53" s="70" t="s">
+      <c r="C53" s="8" t="s">
         <v>183</v>
       </c>
-      <c r="D53" s="70" t="s">
+      <c r="D53" s="8" t="s">
         <v>184</v>
       </c>
-      <c r="E53" s="71"/>
-[...63 lines deleted...]
-      <c r="AG53" s="73" t="s">
+      <c r="E53" s="9"/>
+      <c r="F53" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="G53" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="H53" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="I53" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="J53" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K53" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="L53" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="M53" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="N53" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="O53" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="P53" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="Q53" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="R53" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="S53" s="10"/>
+      <c r="T53" s="10"/>
+      <c r="U53" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="V53" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="W53" s="10"/>
+      <c r="X53" s="10"/>
+      <c r="Y53" s="10"/>
+      <c r="Z53" s="10"/>
+      <c r="AA53" s="10"/>
+      <c r="AB53" s="10"/>
+      <c r="AC53" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="AD53" s="10"/>
+      <c r="AE53" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="AF53" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="AG53" s="11" t="s">
         <v>185</v>
       </c>
-      <c r="AH53" s="73" t="s">
+      <c r="AH53" s="11" t="s">
         <v>185</v>
       </c>
       <c r="AI53" s="12" t="str">
         <f>HYPERLINK("https://client.gepir.ch/en/home","Link")</f>
         <v>Link</v>
       </c>
       <c r="AJ53" s="23"/>
-      <c r="AK53" s="74"/>
-      <c r="AL53" s="75">
+      <c r="AK53" s="13"/>
+      <c r="AL53" s="15">
         <v>37987</v>
       </c>
-      <c r="AM53" s="75">
+      <c r="AM53" s="15">
         <v>2958465</v>
       </c>
-      <c r="AN53" s="75">
+      <c r="AN53" s="15">
         <v>43899</v>
       </c>
-      <c r="AO53" s="84"/>
-[...2 lines deleted...]
-      <c r="A54" s="68" t="s">
+      <c r="AO53" s="22"/>
+    </row>
+    <row r="54" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A54" s="6" t="s">
         <v>186</v>
       </c>
-      <c r="B54" s="69" t="s">
+      <c r="B54" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C54" s="70" t="s">
+      <c r="C54" s="8" t="s">
         <v>187</v>
       </c>
-      <c r="D54" s="70" t="s">
+      <c r="D54" s="8" t="s">
         <v>188</v>
       </c>
-      <c r="E54" s="71"/>
-[...49 lines deleted...]
-      <c r="AG54" s="73" t="s">
+      <c r="E54" s="9"/>
+      <c r="F54" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="G54" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="H54" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="I54" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="J54" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K54" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="L54" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="M54" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="N54" s="10"/>
+      <c r="O54" s="10"/>
+      <c r="P54" s="10"/>
+      <c r="Q54" s="10"/>
+      <c r="R54" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="S54" s="10"/>
+      <c r="T54" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="U54" s="10"/>
+      <c r="V54" s="10"/>
+      <c r="W54" s="10"/>
+      <c r="X54" s="10"/>
+      <c r="Y54" s="10"/>
+      <c r="Z54" s="10"/>
+      <c r="AA54" s="10"/>
+      <c r="AB54" s="10"/>
+      <c r="AC54" s="10"/>
+      <c r="AD54" s="10"/>
+      <c r="AE54" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="AF54" s="10"/>
+      <c r="AG54" s="11" t="s">
         <v>189</v>
       </c>
-      <c r="AH54" s="73" t="s">
+      <c r="AH54" s="11" t="s">
         <v>189</v>
       </c>
       <c r="AI54" s="12" t="str">
         <f>HYPERLINK("https://www.swissmedic.ch/swissmedic/de/home/services/arzneimittelinformationen.html","Link")</f>
         <v>Link</v>
       </c>
-      <c r="AJ54" s="74"/>
-[...1 lines deleted...]
-      <c r="AL54" s="75">
+      <c r="AJ54" s="13"/>
+      <c r="AK54" s="13"/>
+      <c r="AL54" s="15">
         <v>37987</v>
       </c>
-      <c r="AM54" s="75">
+      <c r="AM54" s="15">
         <v>2958465</v>
       </c>
-      <c r="AN54" s="75">
+      <c r="AN54" s="15">
         <v>43789</v>
       </c>
-      <c r="AO54" s="73" t="s">
+      <c r="AO54" s="11" t="s">
         <v>489</v>
       </c>
     </row>
-    <row r="55" spans="1:41" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A55" s="68" t="s">
+    <row r="55" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A55" s="6" t="s">
         <v>190</v>
       </c>
-      <c r="B55" s="69" t="s">
+      <c r="B55" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C55" s="70" t="s">
+      <c r="C55" s="8" t="s">
         <v>191</v>
       </c>
-      <c r="D55" s="70" t="s">
+      <c r="D55" s="8" t="s">
         <v>192</v>
       </c>
-      <c r="E55" s="71"/>
-[...47 lines deleted...]
-      <c r="AG55" s="73" t="s">
+      <c r="E55" s="9"/>
+      <c r="F55" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="G55" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="H55" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="I55" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="J55" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K55" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="L55" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="M55" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="N55" s="10"/>
+      <c r="O55" s="10"/>
+      <c r="P55" s="10"/>
+      <c r="Q55" s="10"/>
+      <c r="R55" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="S55" s="10"/>
+      <c r="T55" s="10"/>
+      <c r="U55" s="10"/>
+      <c r="V55" s="10"/>
+      <c r="W55" s="10"/>
+      <c r="X55" s="10"/>
+      <c r="Y55" s="10"/>
+      <c r="Z55" s="10"/>
+      <c r="AA55" s="10"/>
+      <c r="AB55" s="10"/>
+      <c r="AC55" s="10"/>
+      <c r="AD55" s="10"/>
+      <c r="AE55" s="10"/>
+      <c r="AF55" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="AG55" s="11" t="s">
         <v>189</v>
       </c>
-      <c r="AH55" s="73" t="s">
+      <c r="AH55" s="11" t="s">
         <v>189</v>
       </c>
       <c r="AI55" s="12" t="str">
         <f>HYPERLINK("https://www.swissmedic.ch/swissmedic/de/home/services/listen_neu.html#-1985751112","Link")</f>
         <v>Link</v>
       </c>
       <c r="AJ55" s="23"/>
-      <c r="AK55" s="74"/>
-      <c r="AL55" s="75">
+      <c r="AK55" s="13"/>
+      <c r="AL55" s="15">
         <v>37987</v>
       </c>
-      <c r="AM55" s="75">
+      <c r="AM55" s="15">
         <v>2958465</v>
       </c>
-      <c r="AN55" s="75">
+      <c r="AN55" s="15">
         <v>43789</v>
       </c>
-      <c r="AO55" s="84"/>
-[...2 lines deleted...]
-      <c r="A56" s="77" t="s">
+      <c r="AO55" s="22"/>
+    </row>
+    <row r="56" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A56" s="18" t="s">
         <v>193</v>
       </c>
-      <c r="B56" s="69" t="s">
+      <c r="B56" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C56" s="78" t="s">
+      <c r="C56" s="19" t="s">
         <v>194</v>
       </c>
-      <c r="D56" s="78" t="s">
+      <c r="D56" s="19" t="s">
         <v>195</v>
       </c>
-      <c r="E56" s="79"/>
-[...32 lines deleted...]
-      <c r="AH56" s="83"/>
+      <c r="E56" s="16"/>
+      <c r="F56" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="G56" s="10"/>
+      <c r="H56" s="10"/>
+      <c r="I56" s="10"/>
+      <c r="J56" s="20"/>
+      <c r="K56" s="20"/>
+      <c r="L56" s="20"/>
+      <c r="M56" s="20" t="s">
+        <v>42</v>
+      </c>
+      <c r="N56" s="20"/>
+      <c r="O56" s="20"/>
+      <c r="P56" s="20"/>
+      <c r="Q56" s="20"/>
+      <c r="R56" s="20"/>
+      <c r="S56" s="20"/>
+      <c r="T56" s="20"/>
+      <c r="U56" s="20"/>
+      <c r="V56" s="20"/>
+      <c r="W56" s="20"/>
+      <c r="X56" s="20"/>
+      <c r="Y56" s="20"/>
+      <c r="Z56" s="20"/>
+      <c r="AA56" s="20"/>
+      <c r="AB56" s="20"/>
+      <c r="AC56" s="20"/>
+      <c r="AD56" s="20"/>
+      <c r="AE56" s="20"/>
+      <c r="AF56" s="20"/>
+      <c r="AG56" s="17"/>
+      <c r="AH56" s="17"/>
       <c r="AI56" s="23"/>
       <c r="AJ56" s="27"/>
       <c r="AK56" s="27"/>
-      <c r="AL56" s="81">
+      <c r="AL56" s="21">
         <v>37257</v>
       </c>
-      <c r="AM56" s="81">
+      <c r="AM56" s="21">
         <v>2958465</v>
       </c>
-      <c r="AN56" s="75">
+      <c r="AN56" s="15">
         <v>43789</v>
       </c>
-      <c r="AO56" s="105"/>
-[...2 lines deleted...]
-      <c r="A57" s="68" t="s">
+      <c r="AO56" s="86"/>
+    </row>
+    <row r="57" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A57" s="6" t="s">
         <v>196</v>
       </c>
-      <c r="B57" s="69" t="s">
+      <c r="B57" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C57" s="70" t="s">
+      <c r="C57" s="8" t="s">
         <v>197</v>
       </c>
-      <c r="D57" s="70" t="s">
+      <c r="D57" s="8" t="s">
         <v>198</v>
       </c>
-      <c r="E57" s="71"/>
-[...3 lines deleted...]
-      <c r="G57" s="72" t="s">
+      <c r="E57" s="9"/>
+      <c r="F57" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="G57" s="10" t="s">
         <v>78</v>
       </c>
-      <c r="H57" s="72" t="s">
+      <c r="H57" s="10" t="s">
         <v>78</v>
       </c>
-      <c r="I57" s="72" t="s">
+      <c r="I57" s="10" t="s">
         <v>78</v>
       </c>
-      <c r="J57" s="72" t="s">
-[...29 lines deleted...]
-      <c r="AH57" s="73" t="s">
+      <c r="J57" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K57" s="10"/>
+      <c r="L57" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="M57" s="10"/>
+      <c r="N57" s="10"/>
+      <c r="O57" s="10"/>
+      <c r="P57" s="10"/>
+      <c r="Q57" s="10"/>
+      <c r="R57" s="10"/>
+      <c r="S57" s="10"/>
+      <c r="T57" s="10"/>
+      <c r="U57" s="10"/>
+      <c r="V57" s="10"/>
+      <c r="W57" s="10"/>
+      <c r="X57" s="10"/>
+      <c r="Y57" s="10"/>
+      <c r="Z57" s="10"/>
+      <c r="AA57" s="10"/>
+      <c r="AB57" s="10"/>
+      <c r="AC57" s="10"/>
+      <c r="AD57" s="10"/>
+      <c r="AE57" s="10"/>
+      <c r="AF57" s="10"/>
+      <c r="AG57" s="11" t="s">
+        <v>540</v>
+      </c>
+      <c r="AH57" s="11" t="s">
         <v>62</v>
       </c>
-      <c r="AI57" s="101"/>
+      <c r="AI57" s="25"/>
       <c r="AJ57" s="56" t="str">
         <f>HYPERLINK("https://www.sasis.ch/edi/referenzdaten-zu-tarifen/","Link")</f>
         <v>Link</v>
       </c>
-      <c r="AK57" s="74"/>
-      <c r="AL57" s="75">
+      <c r="AK57" s="13"/>
+      <c r="AL57" s="15">
         <v>40544</v>
       </c>
-      <c r="AM57" s="75">
+      <c r="AM57" s="15">
         <v>2958465</v>
       </c>
-      <c r="AN57" s="81">
+      <c r="AN57" s="21">
         <v>45782</v>
       </c>
-      <c r="AO57" s="73" t="s">
-[...4 lines deleted...]
-      <c r="A58" s="68" t="s">
+      <c r="AO57" s="11" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="58" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A58" s="6" t="s">
         <v>199</v>
       </c>
-      <c r="B58" s="69" t="s">
+      <c r="B58" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C58" s="70" t="s">
+      <c r="C58" s="8" t="s">
         <v>200</v>
       </c>
-      <c r="D58" s="70" t="s">
+      <c r="D58" s="8" t="s">
         <v>201</v>
       </c>
-      <c r="E58" s="71"/>
-[...36 lines deleted...]
-      <c r="AH58" s="73" t="s">
+      <c r="E58" s="9"/>
+      <c r="F58" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="G58" s="10"/>
+      <c r="H58" s="10"/>
+      <c r="I58" s="10"/>
+      <c r="J58" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K58" s="10"/>
+      <c r="L58" s="10"/>
+      <c r="M58" s="10"/>
+      <c r="N58" s="10"/>
+      <c r="O58" s="10"/>
+      <c r="P58" s="10"/>
+      <c r="Q58" s="10"/>
+      <c r="R58" s="10"/>
+      <c r="S58" s="10"/>
+      <c r="T58" s="10"/>
+      <c r="U58" s="10"/>
+      <c r="V58" s="10"/>
+      <c r="W58" s="10"/>
+      <c r="X58" s="10"/>
+      <c r="Y58" s="10"/>
+      <c r="Z58" s="10"/>
+      <c r="AA58" s="10"/>
+      <c r="AB58" s="10"/>
+      <c r="AC58" s="10"/>
+      <c r="AD58" s="10"/>
+      <c r="AE58" s="10"/>
+      <c r="AF58" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="AG58" s="11" t="s">
+        <v>541</v>
+      </c>
+      <c r="AH58" s="11" t="s">
         <v>62</v>
       </c>
-      <c r="AI58" s="101"/>
+      <c r="AI58" s="25"/>
       <c r="AJ58" s="56" t="str">
         <f>HYPERLINK("https://www.sasis.ch/edi/referenzdaten-zu-tarifen/","Link")</f>
         <v>Link</v>
       </c>
-      <c r="AK58" s="74"/>
-      <c r="AL58" s="75">
+      <c r="AK58" s="13"/>
+      <c r="AL58" s="15">
         <v>40544</v>
       </c>
-      <c r="AM58" s="75">
+      <c r="AM58" s="15">
         <v>2958465</v>
       </c>
-      <c r="AN58" s="81">
+      <c r="AN58" s="21">
         <v>45782</v>
       </c>
-      <c r="AO58" s="73" t="s">
-[...4 lines deleted...]
-      <c r="A59" s="68" t="s">
+      <c r="AO58" s="11" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="59" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A59" s="6" t="s">
         <v>202</v>
       </c>
-      <c r="B59" s="69" t="s">
+      <c r="B59" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C59" s="70" t="s">
+      <c r="C59" s="8" t="s">
         <v>203</v>
       </c>
-      <c r="D59" s="70" t="s">
+      <c r="D59" s="8" t="s">
         <v>204</v>
       </c>
-      <c r="E59" s="71"/>
-[...41 lines deleted...]
-      <c r="AG59" s="73" t="s">
+      <c r="E59" s="9"/>
+      <c r="F59" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="G59" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="H59" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="I59" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="J59" s="10"/>
+      <c r="K59" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="L59" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="M59" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="N59" s="10"/>
+      <c r="O59" s="10"/>
+      <c r="P59" s="10"/>
+      <c r="Q59" s="10"/>
+      <c r="R59" s="10"/>
+      <c r="S59" s="10"/>
+      <c r="T59" s="10"/>
+      <c r="U59" s="10"/>
+      <c r="V59" s="10"/>
+      <c r="W59" s="10"/>
+      <c r="X59" s="10"/>
+      <c r="Y59" s="10"/>
+      <c r="Z59" s="10"/>
+      <c r="AA59" s="10"/>
+      <c r="AB59" s="10"/>
+      <c r="AC59" s="10"/>
+      <c r="AD59" s="10"/>
+      <c r="AE59" s="10"/>
+      <c r="AF59" s="10"/>
+      <c r="AG59" s="11" t="s">
         <v>205</v>
       </c>
-      <c r="AH59" s="73" t="s">
+      <c r="AH59" s="11" t="s">
         <v>205</v>
       </c>
-      <c r="AI59" s="101"/>
+      <c r="AI59" s="25"/>
       <c r="AJ59" s="23"/>
-      <c r="AK59" s="74"/>
-      <c r="AL59" s="75">
+      <c r="AK59" s="13"/>
+      <c r="AL59" s="15">
         <v>43466</v>
       </c>
-      <c r="AM59" s="75">
+      <c r="AM59" s="15">
         <v>2958465</v>
       </c>
-      <c r="AN59" s="75">
+      <c r="AN59" s="15">
         <v>43789</v>
       </c>
-      <c r="AO59" s="84"/>
-[...2 lines deleted...]
-      <c r="A60" s="68" t="s">
+      <c r="AO59" s="22"/>
+    </row>
+    <row r="60" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A60" s="6" t="s">
         <v>206</v>
       </c>
-      <c r="B60" s="69" t="s">
+      <c r="B60" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C60" s="70" t="s">
-[...47 lines deleted...]
-      <c r="AG60" s="73" t="s">
+      <c r="C60" s="8" t="s">
+        <v>553</v>
+      </c>
+      <c r="D60" s="8" t="s">
+        <v>559</v>
+      </c>
+      <c r="E60" s="9"/>
+      <c r="F60" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="G60" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="H60" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="I60" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="J60" s="10"/>
+      <c r="K60" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="L60" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="M60" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="N60" s="10"/>
+      <c r="O60" s="10"/>
+      <c r="P60" s="10"/>
+      <c r="Q60" s="10"/>
+      <c r="R60" s="10"/>
+      <c r="S60" s="10"/>
+      <c r="T60" s="10"/>
+      <c r="U60" s="10"/>
+      <c r="V60" s="10"/>
+      <c r="W60" s="10"/>
+      <c r="X60" s="10"/>
+      <c r="Y60" s="10"/>
+      <c r="Z60" s="10"/>
+      <c r="AA60" s="10"/>
+      <c r="AB60" s="10"/>
+      <c r="AC60" s="10"/>
+      <c r="AD60" s="10"/>
+      <c r="AE60" s="10"/>
+      <c r="AF60" s="10"/>
+      <c r="AG60" s="11" t="s">
         <v>61</v>
       </c>
-      <c r="AH60" s="73" t="s">
+      <c r="AH60" s="11" t="s">
         <v>62</v>
       </c>
       <c r="AI60" s="12" t="str">
         <f>HYPERLINK("https://www.forum-datenaustausch.ch/de/referenzdaten/","Link")</f>
         <v>Link</v>
       </c>
       <c r="AJ60" s="23"/>
       <c r="AK60" s="27"/>
-      <c r="AL60" s="75">
+      <c r="AL60" s="15">
         <v>41030</v>
       </c>
-      <c r="AM60" s="75">
+      <c r="AM60" s="15">
         <v>2958465</v>
       </c>
-      <c r="AN60" s="81">
+      <c r="AN60" s="21">
         <v>45784</v>
       </c>
-      <c r="AO60" s="76" t="s">
-[...4 lines deleted...]
-      <c r="A61" s="68">
+      <c r="AO60" s="68" t="s">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="61" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A61" s="6">
         <v>424</v>
       </c>
-      <c r="B61" s="69" t="s">
+      <c r="B61" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C61" s="70" t="s">
+      <c r="C61" s="8" t="s">
         <v>207</v>
       </c>
-      <c r="D61" s="70" t="s">
+      <c r="D61" s="8" t="s">
         <v>208</v>
       </c>
-      <c r="E61" s="71"/>
-[...35 lines deleted...]
-      <c r="AG61" s="73" t="s">
+      <c r="E61" s="9"/>
+      <c r="F61" s="10"/>
+      <c r="G61" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="H61" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="I61" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="J61" s="10"/>
+      <c r="K61" s="10"/>
+      <c r="L61" s="10"/>
+      <c r="M61" s="10"/>
+      <c r="N61" s="10"/>
+      <c r="O61" s="10"/>
+      <c r="P61" s="10"/>
+      <c r="Q61" s="10"/>
+      <c r="R61" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="S61" s="10"/>
+      <c r="T61" s="10"/>
+      <c r="U61" s="10"/>
+      <c r="V61" s="10"/>
+      <c r="W61" s="10"/>
+      <c r="X61" s="10"/>
+      <c r="Y61" s="10"/>
+      <c r="Z61" s="10"/>
+      <c r="AA61" s="10"/>
+      <c r="AB61" s="10"/>
+      <c r="AC61" s="10"/>
+      <c r="AD61" s="10"/>
+      <c r="AE61" s="10"/>
+      <c r="AF61" s="10"/>
+      <c r="AG61" s="11" t="s">
         <v>209</v>
       </c>
-      <c r="AH61" s="73" t="s">
+      <c r="AH61" s="11" t="s">
         <v>48</v>
       </c>
-      <c r="AI61" s="101"/>
-      <c r="AJ61" s="74"/>
+      <c r="AI61" s="25"/>
+      <c r="AJ61" s="13"/>
       <c r="AK61" s="26" t="str">
         <f>HYPERLINK("https://www.mtk-ctm.ch/de/tarife/chiropraktorentarif/","Link")</f>
         <v>Link</v>
       </c>
-      <c r="AL61" s="75">
+      <c r="AL61" s="15">
         <v>41730</v>
       </c>
-      <c r="AM61" s="75">
+      <c r="AM61" s="15">
         <v>2958465</v>
       </c>
-      <c r="AN61" s="75">
+      <c r="AN61" s="15">
         <v>41730</v>
       </c>
-      <c r="AO61" s="84"/>
-[...2 lines deleted...]
-      <c r="A62" s="68" t="s">
+      <c r="AO61" s="22"/>
+    </row>
+    <row r="62" spans="1:41" x14ac:dyDescent="0.3">
+      <c r="A62" s="6" t="s">
         <v>210</v>
       </c>
-      <c r="B62" s="69" t="s">
+      <c r="B62" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C62" s="70" t="s">
+      <c r="C62" s="8" t="s">
         <v>211</v>
       </c>
-      <c r="D62" s="70" t="s">
+      <c r="D62" s="8" t="s">
         <v>212</v>
       </c>
-      <c r="E62" s="71"/>
-[...37 lines deleted...]
-      <c r="AG62" s="73" t="s">
+      <c r="E62" s="9"/>
+      <c r="F62" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="G62" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="H62" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="I62" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="J62" s="10"/>
+      <c r="K62" s="10"/>
+      <c r="L62" s="10"/>
+      <c r="M62" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="N62" s="10"/>
+      <c r="O62" s="10"/>
+      <c r="P62" s="10"/>
+      <c r="Q62" s="10"/>
+      <c r="R62" s="10"/>
+      <c r="S62" s="10"/>
+      <c r="T62" s="10"/>
+      <c r="U62" s="10"/>
+      <c r="V62" s="10"/>
+      <c r="W62" s="10"/>
+      <c r="X62" s="10"/>
+      <c r="Y62" s="10"/>
+      <c r="Z62" s="10"/>
+      <c r="AA62" s="10"/>
+      <c r="AB62" s="10"/>
+      <c r="AC62" s="10"/>
+      <c r="AD62" s="10"/>
+      <c r="AE62" s="10"/>
+      <c r="AF62" s="10"/>
+      <c r="AG62" s="11" t="s">
         <v>61</v>
       </c>
-      <c r="AH62" s="73" t="s">
+      <c r="AH62" s="11" t="s">
         <v>62</v>
       </c>
       <c r="AI62" s="12" t="str">
         <f>HYPERLINK("https://www.forum-datenaustausch.ch/de/referenzdaten/","Link")</f>
         <v>Link</v>
       </c>
       <c r="AJ62" s="23"/>
       <c r="AK62" s="26"/>
-      <c r="AL62" s="75">
+      <c r="AL62" s="15">
         <v>37257</v>
       </c>
-      <c r="AM62" s="75">
+      <c r="AM62" s="15">
         <v>2958465</v>
       </c>
-      <c r="AN62" s="75">
+      <c r="AN62" s="15">
         <v>45287</v>
       </c>
-      <c r="AO62" s="71" t="s">
-[...4 lines deleted...]
-      <c r="A63" s="68" t="s">
+      <c r="AO62" s="9" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="63" spans="1:41" s="58" customFormat="1" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A63" s="6" t="s">
         <v>213</v>
       </c>
-      <c r="B63" s="69" t="s">
+      <c r="B63" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C63" s="70" t="s">
+      <c r="C63" s="8" t="s">
         <v>494</v>
       </c>
-      <c r="D63" s="70" t="s">
+      <c r="D63" s="8" t="s">
         <v>214</v>
       </c>
-      <c r="E63" s="71"/>
-[...31 lines deleted...]
-      <c r="Q63" s="72" t="s">
+      <c r="E63" s="9"/>
+      <c r="F63" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="G63" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="H63" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="I63" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="J63" s="10"/>
+      <c r="K63" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="L63" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="M63" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="N63" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="O63" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="P63" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="Q63" s="10" t="s">
         <v>502</v>
       </c>
-      <c r="R63" s="72"/>
-[...18 lines deleted...]
-      <c r="AG63" s="73" t="s">
+      <c r="R63" s="10"/>
+      <c r="S63" s="10"/>
+      <c r="T63" s="10"/>
+      <c r="U63" s="10"/>
+      <c r="V63" s="10"/>
+      <c r="W63" s="10"/>
+      <c r="X63" s="10"/>
+      <c r="Y63" s="10"/>
+      <c r="Z63" s="10"/>
+      <c r="AA63" s="10"/>
+      <c r="AB63" s="10"/>
+      <c r="AC63" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="AD63" s="10"/>
+      <c r="AE63" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="AF63" s="10"/>
+      <c r="AG63" s="11" t="s">
         <v>43</v>
       </c>
-      <c r="AH63" s="73" t="s">
+      <c r="AH63" s="11" t="s">
         <v>43</v>
       </c>
       <c r="AI63" s="12" t="str">
         <f>HYPERLINK("https://www.bag.admin.ch/bag/de/home/versicherungen/krankenversicherung/krankenversicherung-leistungen-tarife/Mittel-und-Gegenstaendeliste.html","Link")</f>
         <v>Link</v>
       </c>
       <c r="AJ63" s="27"/>
-      <c r="AK63" s="104"/>
-      <c r="AL63" s="75">
+      <c r="AK63" s="29"/>
+      <c r="AL63" s="15">
         <v>36892</v>
       </c>
-      <c r="AM63" s="75">
+      <c r="AM63" s="15">
         <v>2958465</v>
       </c>
-      <c r="AN63" s="75">
+      <c r="AN63" s="15">
         <v>39024</v>
       </c>
-      <c r="AO63" s="106"/>
-[...2 lines deleted...]
-      <c r="A64" s="68" t="s">
+      <c r="AO63" s="61"/>
+    </row>
+    <row r="64" spans="1:41" s="58" customFormat="1" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A64" s="6" t="s">
         <v>215</v>
       </c>
-      <c r="B64" s="69" t="s">
+      <c r="B64" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C64" s="107" t="s">
+      <c r="C64" s="87" t="s">
         <v>216</v>
       </c>
-      <c r="D64" s="70" t="s">
+      <c r="D64" s="8" t="s">
         <v>217</v>
       </c>
-      <c r="E64" s="71"/>
-[...73 lines deleted...]
-      <c r="AG64" s="73" t="s">
+      <c r="E64" s="9"/>
+      <c r="F64" s="10"/>
+      <c r="G64" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="H64" s="10"/>
+      <c r="I64" s="10"/>
+      <c r="J64" s="10"/>
+      <c r="K64" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="L64" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="M64" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="N64" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="O64" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="P64" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="Q64" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="R64" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="S64" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="T64" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="U64" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="V64" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="W64" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="X64" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="Y64" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="Z64" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="AA64" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="AB64" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="AC64" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="AD64" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="AE64" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="AF64" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="AG64" s="11" t="s">
         <v>43</v>
       </c>
-      <c r="AH64" s="73" t="s">
+      <c r="AH64" s="11" t="s">
         <v>43</v>
       </c>
-      <c r="AI64" s="101"/>
+      <c r="AI64" s="25"/>
       <c r="AJ64" s="27"/>
       <c r="AK64" s="12" t="str">
         <f>HYPERLINK("https://www.admin.ch/opc/de/classified-compilation/19840245/index.html","Link")</f>
         <v>Link</v>
       </c>
-      <c r="AL64" s="75">
+      <c r="AL64" s="15">
         <v>43831</v>
       </c>
-      <c r="AM64" s="75">
+      <c r="AM64" s="15">
         <v>2958465</v>
       </c>
-      <c r="AN64" s="75">
+      <c r="AN64" s="15">
         <v>43970</v>
       </c>
-      <c r="AO64" s="106"/>
-[...2 lines deleted...]
-      <c r="A65" s="68" t="s">
+      <c r="AO64" s="61"/>
+    </row>
+    <row r="65" spans="1:41" s="58" customFormat="1" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A65" s="6" t="s">
         <v>490</v>
       </c>
-      <c r="B65" s="69" t="s">
+      <c r="B65" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C65" s="107" t="s">
+      <c r="C65" s="87" t="s">
         <v>495</v>
       </c>
-      <c r="D65" s="70" t="s">
+      <c r="D65" s="8" t="s">
         <v>214</v>
       </c>
-      <c r="E65" s="71"/>
-[...59 lines deleted...]
-      <c r="AG65" s="73" t="s">
+      <c r="E65" s="9"/>
+      <c r="F65" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="G65" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="H65" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="I65" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="J65" s="10"/>
+      <c r="K65" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="L65" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="M65" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="N65" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="O65" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="P65" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="Q65" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="R65" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="S65" s="10"/>
+      <c r="T65" s="10"/>
+      <c r="U65" s="10"/>
+      <c r="V65" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="W65" s="10"/>
+      <c r="X65" s="10"/>
+      <c r="Y65" s="10"/>
+      <c r="Z65" s="10"/>
+      <c r="AA65" s="10"/>
+      <c r="AB65" s="10"/>
+      <c r="AC65" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="AD65" s="10"/>
+      <c r="AE65" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="AF65" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="AG65" s="11" t="s">
         <v>43</v>
       </c>
-      <c r="AH65" s="73" t="s">
+      <c r="AH65" s="11" t="s">
         <v>43</v>
       </c>
       <c r="AI65" s="12" t="str">
         <f>HYPERLINK("https://www.bag.admin.ch/bag/de/home/versicherungen/krankenversicherung/krankenversicherung-leistungen-tarife/Mittel-und-Gegenstaendeliste.html","Link")</f>
         <v>Link</v>
       </c>
       <c r="AJ65" s="27"/>
-      <c r="AK65" s="104"/>
-      <c r="AL65" s="75">
+      <c r="AK65" s="29"/>
+      <c r="AL65" s="15">
         <v>44470</v>
       </c>
-      <c r="AM65" s="75">
+      <c r="AM65" s="15">
         <v>2958465</v>
       </c>
-      <c r="AN65" s="75">
+      <c r="AN65" s="15">
         <v>39024</v>
       </c>
-      <c r="AO65" s="106"/>
-[...2 lines deleted...]
-      <c r="A66" s="68" t="s">
+      <c r="AO65" s="61"/>
+    </row>
+    <row r="66" spans="1:41" s="58" customFormat="1" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A66" s="6" t="s">
         <v>218</v>
       </c>
-      <c r="B66" s="69" t="s">
+      <c r="B66" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C66" s="107" t="s">
+      <c r="C66" s="87" t="s">
         <v>463</v>
       </c>
-      <c r="D66" s="70" t="s">
+      <c r="D66" s="8" t="s">
         <v>219</v>
       </c>
-      <c r="E66" s="71"/>
-[...34 lines deleted...]
-      <c r="AH66" s="73" t="s">
+      <c r="E66" s="9"/>
+      <c r="F66" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="G66" s="10"/>
+      <c r="H66" s="10"/>
+      <c r="I66" s="10"/>
+      <c r="J66" s="10"/>
+      <c r="K66" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="L66" s="10"/>
+      <c r="M66" s="10"/>
+      <c r="N66" s="10"/>
+      <c r="O66" s="10"/>
+      <c r="P66" s="10"/>
+      <c r="Q66" s="10"/>
+      <c r="R66" s="10"/>
+      <c r="S66" s="10"/>
+      <c r="T66" s="10"/>
+      <c r="U66" s="10"/>
+      <c r="V66" s="10"/>
+      <c r="W66" s="10"/>
+      <c r="X66" s="10"/>
+      <c r="Y66" s="10"/>
+      <c r="Z66" s="10"/>
+      <c r="AA66" s="10"/>
+      <c r="AB66" s="10"/>
+      <c r="AC66" s="10"/>
+      <c r="AD66" s="10"/>
+      <c r="AE66" s="10"/>
+      <c r="AF66" s="10"/>
+      <c r="AG66" s="11" t="s">
+        <v>542</v>
+      </c>
+      <c r="AH66" s="11" t="s">
         <v>62</v>
       </c>
-      <c r="AI66" s="101"/>
+      <c r="AI66" s="25"/>
       <c r="AJ66" s="12" t="str">
         <f t="shared" ref="AJ66:AJ71" si="0">HYPERLINK("https://www.sasis.ch/edi/referenzdaten-zu-tarifen/","Link")</f>
         <v>Link</v>
       </c>
-      <c r="AK66" s="104"/>
-      <c r="AL66" s="75">
+      <c r="AK66" s="29"/>
+      <c r="AL66" s="15">
         <v>40909</v>
       </c>
-      <c r="AM66" s="75">
+      <c r="AM66" s="15">
         <v>2958465</v>
       </c>
-      <c r="AN66" s="81">
+      <c r="AN66" s="21">
         <v>45782</v>
       </c>
-      <c r="AO66" s="73" t="s">
-[...4 lines deleted...]
-      <c r="A67" s="68" t="s">
+      <c r="AO66" s="11" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="67" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A67" s="6" t="s">
         <v>220</v>
       </c>
-      <c r="B67" s="69" t="s">
+      <c r="B67" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C67" s="107" t="s">
+      <c r="C67" s="87" t="s">
         <v>464</v>
       </c>
-      <c r="D67" s="107" t="s">
+      <c r="D67" s="87" t="s">
         <v>221</v>
       </c>
-      <c r="E67" s="71"/>
-[...36 lines deleted...]
-      <c r="AH67" s="73" t="s">
+      <c r="E67" s="9"/>
+      <c r="F67" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="G67" s="10"/>
+      <c r="H67" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="I67" s="10"/>
+      <c r="J67" s="10"/>
+      <c r="K67" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="L67" s="10"/>
+      <c r="M67" s="10"/>
+      <c r="N67" s="10"/>
+      <c r="O67" s="10"/>
+      <c r="P67" s="10"/>
+      <c r="Q67" s="10"/>
+      <c r="R67" s="10"/>
+      <c r="S67" s="10"/>
+      <c r="T67" s="10"/>
+      <c r="U67" s="10"/>
+      <c r="V67" s="10"/>
+      <c r="W67" s="10"/>
+      <c r="X67" s="10"/>
+      <c r="Y67" s="10"/>
+      <c r="Z67" s="10"/>
+      <c r="AA67" s="10"/>
+      <c r="AB67" s="10"/>
+      <c r="AC67" s="10"/>
+      <c r="AD67" s="10"/>
+      <c r="AE67" s="10"/>
+      <c r="AF67" s="10"/>
+      <c r="AG67" s="11" t="s">
+        <v>543</v>
+      </c>
+      <c r="AH67" s="11" t="s">
         <v>62</v>
       </c>
-      <c r="AI67" s="101"/>
+      <c r="AI67" s="25"/>
       <c r="AJ67" s="12" t="str">
         <f t="shared" si="0"/>
         <v>Link</v>
       </c>
-      <c r="AK67" s="74"/>
-      <c r="AL67" s="75">
+      <c r="AK67" s="13"/>
+      <c r="AL67" s="15">
         <v>40920</v>
       </c>
-      <c r="AM67" s="75">
+      <c r="AM67" s="15">
         <v>2958465</v>
       </c>
-      <c r="AN67" s="81">
+      <c r="AN67" s="21">
         <v>45782</v>
       </c>
-      <c r="AO67" s="73" t="s">
-[...4 lines deleted...]
-      <c r="A68" s="68" t="s">
+      <c r="AO67" s="11" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="68" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A68" s="6" t="s">
         <v>222</v>
       </c>
-      <c r="B68" s="69" t="s">
+      <c r="B68" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C68" s="107" t="s">
+      <c r="C68" s="87" t="s">
         <v>465</v>
       </c>
-      <c r="D68" s="107" t="s">
+      <c r="D68" s="87" t="s">
         <v>223</v>
       </c>
-      <c r="E68" s="71"/>
-[...36 lines deleted...]
-      <c r="AH68" s="73" t="s">
+      <c r="E68" s="9"/>
+      <c r="F68" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="G68" s="10"/>
+      <c r="H68" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="I68" s="10"/>
+      <c r="J68" s="10"/>
+      <c r="K68" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="L68" s="10"/>
+      <c r="M68" s="10"/>
+      <c r="N68" s="10"/>
+      <c r="O68" s="10"/>
+      <c r="P68" s="10"/>
+      <c r="Q68" s="10"/>
+      <c r="R68" s="10"/>
+      <c r="S68" s="10"/>
+      <c r="T68" s="10"/>
+      <c r="U68" s="10"/>
+      <c r="V68" s="10"/>
+      <c r="W68" s="10"/>
+      <c r="X68" s="10"/>
+      <c r="Y68" s="10"/>
+      <c r="Z68" s="10"/>
+      <c r="AA68" s="10"/>
+      <c r="AB68" s="10"/>
+      <c r="AC68" s="10"/>
+      <c r="AD68" s="10"/>
+      <c r="AE68" s="10"/>
+      <c r="AF68" s="10"/>
+      <c r="AG68" s="11" t="s">
+        <v>543</v>
+      </c>
+      <c r="AH68" s="11" t="s">
         <v>62</v>
       </c>
-      <c r="AI68" s="101"/>
+      <c r="AI68" s="25"/>
       <c r="AJ68" s="12" t="str">
         <f t="shared" si="0"/>
         <v>Link</v>
       </c>
-      <c r="AK68" s="74"/>
-      <c r="AL68" s="75">
+      <c r="AK68" s="13"/>
+      <c r="AL68" s="15">
         <v>40920</v>
       </c>
-      <c r="AM68" s="75">
+      <c r="AM68" s="15">
         <v>2958465</v>
       </c>
-      <c r="AN68" s="81">
+      <c r="AN68" s="21">
         <v>45782</v>
       </c>
-      <c r="AO68" s="73" t="s">
-[...4 lines deleted...]
-      <c r="A69" s="68" t="s">
+      <c r="AO68" s="11" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="69" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A69" s="6" t="s">
         <v>224</v>
       </c>
-      <c r="B69" s="69" t="s">
+      <c r="B69" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C69" s="107" t="s">
+      <c r="C69" s="87" t="s">
         <v>466</v>
       </c>
-      <c r="D69" s="107" t="s">
+      <c r="D69" s="87" t="s">
         <v>225</v>
       </c>
-      <c r="E69" s="71"/>
-[...36 lines deleted...]
-      <c r="AH69" s="73" t="s">
+      <c r="E69" s="9"/>
+      <c r="F69" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="G69" s="10"/>
+      <c r="H69" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="I69" s="10"/>
+      <c r="J69" s="10"/>
+      <c r="K69" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="L69" s="10"/>
+      <c r="M69" s="10"/>
+      <c r="N69" s="10"/>
+      <c r="O69" s="10"/>
+      <c r="P69" s="10"/>
+      <c r="Q69" s="10"/>
+      <c r="R69" s="10"/>
+      <c r="S69" s="10"/>
+      <c r="T69" s="10"/>
+      <c r="U69" s="10"/>
+      <c r="V69" s="10"/>
+      <c r="W69" s="10"/>
+      <c r="X69" s="10"/>
+      <c r="Y69" s="10"/>
+      <c r="Z69" s="10"/>
+      <c r="AA69" s="10"/>
+      <c r="AB69" s="10"/>
+      <c r="AC69" s="10"/>
+      <c r="AD69" s="10"/>
+      <c r="AE69" s="10"/>
+      <c r="AF69" s="10"/>
+      <c r="AG69" s="11" t="s">
+        <v>544</v>
+      </c>
+      <c r="AH69" s="11" t="s">
         <v>62</v>
       </c>
-      <c r="AI69" s="101"/>
+      <c r="AI69" s="25"/>
       <c r="AJ69" s="12" t="str">
         <f t="shared" si="0"/>
         <v>Link</v>
       </c>
-      <c r="AK69" s="74"/>
-      <c r="AL69" s="75">
+      <c r="AK69" s="13"/>
+      <c r="AL69" s="15">
         <v>42552</v>
       </c>
-      <c r="AM69" s="75">
+      <c r="AM69" s="15">
         <v>2958465</v>
       </c>
-      <c r="AN69" s="81">
+      <c r="AN69" s="21">
         <v>45782</v>
       </c>
-      <c r="AO69" s="73" t="s">
-[...4 lines deleted...]
-      <c r="A70" s="68" t="s">
+      <c r="AO69" s="11" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="70" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A70" s="6" t="s">
         <v>226</v>
       </c>
-      <c r="B70" s="69" t="s">
+      <c r="B70" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C70" s="107" t="s">
+      <c r="C70" s="87" t="s">
         <v>467</v>
       </c>
-      <c r="D70" s="107" t="s">
+      <c r="D70" s="87" t="s">
         <v>227</v>
       </c>
-      <c r="E70" s="71"/>
-[...34 lines deleted...]
-      <c r="AH70" s="73" t="s">
+      <c r="E70" s="9"/>
+      <c r="F70" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="G70" s="10"/>
+      <c r="H70" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="I70" s="10"/>
+      <c r="J70" s="10"/>
+      <c r="K70" s="10"/>
+      <c r="L70" s="10"/>
+      <c r="M70" s="10"/>
+      <c r="N70" s="10"/>
+      <c r="O70" s="10"/>
+      <c r="P70" s="10"/>
+      <c r="Q70" s="10"/>
+      <c r="R70" s="10"/>
+      <c r="S70" s="10"/>
+      <c r="T70" s="10"/>
+      <c r="U70" s="10"/>
+      <c r="V70" s="10"/>
+      <c r="W70" s="10"/>
+      <c r="X70" s="10"/>
+      <c r="Y70" s="10"/>
+      <c r="Z70" s="10"/>
+      <c r="AA70" s="10"/>
+      <c r="AB70" s="10"/>
+      <c r="AC70" s="10"/>
+      <c r="AD70" s="10"/>
+      <c r="AE70" s="10"/>
+      <c r="AF70" s="10"/>
+      <c r="AG70" s="11" t="s">
+        <v>545</v>
+      </c>
+      <c r="AH70" s="11" t="s">
         <v>62</v>
       </c>
-      <c r="AI70" s="101"/>
+      <c r="AI70" s="25"/>
       <c r="AJ70" s="12" t="str">
         <f t="shared" si="0"/>
         <v>Link</v>
       </c>
-      <c r="AK70" s="74"/>
-      <c r="AL70" s="75">
+      <c r="AK70" s="13"/>
+      <c r="AL70" s="15">
         <v>42552</v>
       </c>
-      <c r="AM70" s="75">
+      <c r="AM70" s="15">
         <v>2958465</v>
       </c>
-      <c r="AN70" s="81">
+      <c r="AN70" s="21">
         <v>45782</v>
       </c>
-      <c r="AO70" s="73" t="s">
-[...4 lines deleted...]
-      <c r="A71" s="68" t="s">
+      <c r="AO70" s="11" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="71" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A71" s="6" t="s">
         <v>228</v>
       </c>
-      <c r="B71" s="69" t="s">
+      <c r="B71" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C71" s="107" t="s">
+      <c r="C71" s="87" t="s">
         <v>229</v>
       </c>
-      <c r="D71" s="107" t="s">
+      <c r="D71" s="87" t="s">
         <v>230</v>
       </c>
-      <c r="E71" s="71"/>
-[...34 lines deleted...]
-      <c r="AH71" s="73" t="s">
+      <c r="E71" s="9"/>
+      <c r="F71" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="G71" s="10"/>
+      <c r="H71" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="I71" s="10"/>
+      <c r="J71" s="10"/>
+      <c r="K71" s="10"/>
+      <c r="L71" s="10"/>
+      <c r="M71" s="10"/>
+      <c r="N71" s="10"/>
+      <c r="O71" s="10"/>
+      <c r="P71" s="10"/>
+      <c r="Q71" s="10"/>
+      <c r="R71" s="10"/>
+      <c r="S71" s="10"/>
+      <c r="T71" s="10"/>
+      <c r="U71" s="10"/>
+      <c r="V71" s="10"/>
+      <c r="W71" s="10"/>
+      <c r="X71" s="10"/>
+      <c r="Y71" s="10"/>
+      <c r="Z71" s="10"/>
+      <c r="AA71" s="10"/>
+      <c r="AB71" s="10"/>
+      <c r="AC71" s="10"/>
+      <c r="AD71" s="10"/>
+      <c r="AE71" s="10"/>
+      <c r="AF71" s="10"/>
+      <c r="AG71" s="11" t="s">
+        <v>545</v>
+      </c>
+      <c r="AH71" s="11" t="s">
         <v>62</v>
       </c>
-      <c r="AI71" s="101"/>
+      <c r="AI71" s="25"/>
       <c r="AJ71" s="12" t="str">
         <f t="shared" si="0"/>
         <v>Link</v>
       </c>
-      <c r="AK71" s="74"/>
-      <c r="AL71" s="75">
+      <c r="AK71" s="13"/>
+      <c r="AL71" s="15">
         <v>42552</v>
       </c>
-      <c r="AM71" s="75">
+      <c r="AM71" s="15">
         <v>2958465</v>
       </c>
-      <c r="AN71" s="81">
+      <c r="AN71" s="21">
         <v>45782</v>
       </c>
-      <c r="AO71" s="73" t="s">
-[...4 lines deleted...]
-      <c r="A72" s="68" t="s">
+      <c r="AO71" s="11" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="72" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A72" s="6" t="s">
         <v>234</v>
       </c>
-      <c r="B72" s="69" t="s">
+      <c r="B72" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C72" s="70" t="s">
+      <c r="C72" s="8" t="s">
         <v>235</v>
       </c>
-      <c r="D72" s="70" t="s">
+      <c r="D72" s="8" t="s">
         <v>236</v>
       </c>
-      <c r="E72" s="71"/>
-[...37 lines deleted...]
-      <c r="AG72" s="73" t="s">
+      <c r="E72" s="9"/>
+      <c r="F72" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="G72" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="H72" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="I72" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="J72" s="10"/>
+      <c r="K72" s="10"/>
+      <c r="L72" s="10"/>
+      <c r="M72" s="10"/>
+      <c r="N72" s="10"/>
+      <c r="O72" s="10"/>
+      <c r="P72" s="10"/>
+      <c r="Q72" s="10"/>
+      <c r="R72" s="10"/>
+      <c r="S72" s="10"/>
+      <c r="T72" s="10"/>
+      <c r="U72" s="10"/>
+      <c r="V72" s="10"/>
+      <c r="W72" s="10"/>
+      <c r="X72" s="10"/>
+      <c r="Y72" s="10"/>
+      <c r="Z72" s="10"/>
+      <c r="AA72" s="10"/>
+      <c r="AB72" s="10"/>
+      <c r="AC72" s="10"/>
+      <c r="AD72" s="10"/>
+      <c r="AE72" s="10"/>
+      <c r="AF72" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="AG72" s="11" t="s">
         <v>237</v>
       </c>
-      <c r="AH72" s="73" t="s">
+      <c r="AH72" s="11" t="s">
         <v>48</v>
       </c>
-      <c r="AI72" s="101"/>
-      <c r="AJ72" s="74"/>
+      <c r="AI72" s="25"/>
+      <c r="AJ72" s="13"/>
       <c r="AK72" s="26" t="str">
         <f>HYPERLINK("https://www.mtk-ctm.ch/de/tarife/ernaehrungsberatung/","Link")</f>
         <v>Link</v>
       </c>
-      <c r="AL72" s="75">
+      <c r="AL72" s="15">
         <v>37257</v>
       </c>
-      <c r="AM72" s="75">
+      <c r="AM72" s="15">
         <v>2958465</v>
       </c>
-      <c r="AN72" s="75">
+      <c r="AN72" s="15">
         <v>38820</v>
       </c>
-      <c r="AO72" s="84"/>
-[...2 lines deleted...]
-      <c r="A73" s="68" t="s">
+      <c r="AO72" s="22"/>
+    </row>
+    <row r="73" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A73" s="6" t="s">
         <v>238</v>
       </c>
-      <c r="B73" s="69" t="s">
+      <c r="B73" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C73" s="70" t="s">
+      <c r="C73" s="8" t="s">
         <v>239</v>
       </c>
-      <c r="D73" s="70" t="s">
+      <c r="D73" s="8" t="s">
         <v>240</v>
       </c>
-      <c r="E73" s="71"/>
-      <c r="F73" s="72" t="s">
+      <c r="E73" s="9"/>
+      <c r="F73" s="10" t="s">
         <v>78</v>
       </c>
-      <c r="G73" s="72"/>
-[...27 lines deleted...]
-      <c r="AG73" s="83" t="s">
+      <c r="G73" s="10"/>
+      <c r="H73" s="10"/>
+      <c r="I73" s="10"/>
+      <c r="J73" s="10"/>
+      <c r="K73" s="10"/>
+      <c r="L73" s="10"/>
+      <c r="M73" s="10"/>
+      <c r="N73" s="10"/>
+      <c r="O73" s="10"/>
+      <c r="P73" s="10"/>
+      <c r="Q73" s="10"/>
+      <c r="R73" s="10"/>
+      <c r="S73" s="10"/>
+      <c r="T73" s="10"/>
+      <c r="U73" s="10"/>
+      <c r="V73" s="10"/>
+      <c r="W73" s="10"/>
+      <c r="X73" s="10"/>
+      <c r="Y73" s="10"/>
+      <c r="Z73" s="10"/>
+      <c r="AA73" s="10"/>
+      <c r="AB73" s="10"/>
+      <c r="AC73" s="10"/>
+      <c r="AD73" s="10"/>
+      <c r="AE73" s="10"/>
+      <c r="AF73" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="AG73" s="17" t="s">
         <v>131</v>
       </c>
-      <c r="AH73" s="83" t="s">
+      <c r="AH73" s="17" t="s">
         <v>131</v>
       </c>
-      <c r="AI73" s="101"/>
-      <c r="AJ73" s="74"/>
+      <c r="AI73" s="25"/>
+      <c r="AJ73" s="13"/>
       <c r="AK73" s="26"/>
-      <c r="AL73" s="75">
+      <c r="AL73" s="15">
         <v>37257</v>
       </c>
-      <c r="AM73" s="75">
+      <c r="AM73" s="15">
         <v>2958465</v>
       </c>
-      <c r="AN73" s="75">
+      <c r="AN73" s="15">
         <v>43789</v>
       </c>
-      <c r="AO73" s="108"/>
-[...2 lines deleted...]
-      <c r="A74" s="68">
+      <c r="AO73" s="88"/>
+    </row>
+    <row r="74" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A74" s="6">
         <v>513</v>
       </c>
-      <c r="B74" s="69" t="s">
+      <c r="B74" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C74" s="70" t="s">
+      <c r="C74" s="8" t="s">
         <v>244</v>
       </c>
-      <c r="D74" s="70" t="s">
+      <c r="D74" s="8" t="s">
         <v>245</v>
       </c>
-      <c r="E74" s="71"/>
-      <c r="F74" s="72" t="s">
+      <c r="E74" s="9"/>
+      <c r="F74" s="10" t="s">
         <v>78</v>
       </c>
-      <c r="G74" s="72" t="s">
-[...33 lines deleted...]
-      <c r="AG74" s="73" t="s">
+      <c r="G74" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="H74" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="I74" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="J74" s="10"/>
+      <c r="K74" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="L74" s="10"/>
+      <c r="M74" s="10"/>
+      <c r="N74" s="10"/>
+      <c r="O74" s="10"/>
+      <c r="P74" s="10"/>
+      <c r="Q74" s="10"/>
+      <c r="R74" s="10"/>
+      <c r="S74" s="10"/>
+      <c r="T74" s="10"/>
+      <c r="U74" s="10"/>
+      <c r="V74" s="10"/>
+      <c r="W74" s="10"/>
+      <c r="X74" s="10"/>
+      <c r="Y74" s="10"/>
+      <c r="Z74" s="10"/>
+      <c r="AA74" s="10"/>
+      <c r="AB74" s="10"/>
+      <c r="AC74" s="10"/>
+      <c r="AD74" s="10"/>
+      <c r="AE74" s="10"/>
+      <c r="AF74" s="10"/>
+      <c r="AG74" s="11" t="s">
         <v>243</v>
       </c>
-      <c r="AH74" s="73" t="s">
+      <c r="AH74" s="11" t="s">
         <v>48</v>
       </c>
-      <c r="AI74" s="101"/>
-      <c r="AJ74" s="74"/>
+      <c r="AI74" s="25"/>
+      <c r="AJ74" s="13"/>
       <c r="AK74" s="26" t="str">
         <f>HYPERLINK("https://www.mtk-ctm.ch/de/tarife/nichtaerztliche-beratungs-und-pflegeleistungen-in-spitaelern","Link")</f>
         <v>Link</v>
       </c>
-      <c r="AL74" s="75">
+      <c r="AL74" s="15">
         <v>37987</v>
       </c>
-      <c r="AM74" s="75">
+      <c r="AM74" s="15">
         <v>2958465</v>
       </c>
-      <c r="AN74" s="75">
+      <c r="AN74" s="15">
         <v>43789</v>
       </c>
-      <c r="AO74" s="84"/>
-[...2 lines deleted...]
-      <c r="A75" s="68">
+      <c r="AO74" s="22"/>
+    </row>
+    <row r="75" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A75" s="6">
         <v>514</v>
       </c>
-      <c r="B75" s="69" t="s">
+      <c r="B75" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C75" s="70" t="s">
+      <c r="C75" s="8" t="s">
         <v>246</v>
       </c>
-      <c r="D75" s="70" t="s">
+      <c r="D75" s="8" t="s">
         <v>247</v>
       </c>
-      <c r="E75" s="71"/>
-      <c r="F75" s="72" t="s">
+      <c r="E75" s="9"/>
+      <c r="F75" s="10" t="s">
         <v>78</v>
       </c>
-      <c r="G75" s="72" t="s">
-[...33 lines deleted...]
-      <c r="AG75" s="73" t="s">
+      <c r="G75" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="H75" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="I75" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="J75" s="10"/>
+      <c r="K75" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="L75" s="10"/>
+      <c r="M75" s="10"/>
+      <c r="N75" s="10"/>
+      <c r="O75" s="10"/>
+      <c r="P75" s="10"/>
+      <c r="Q75" s="10"/>
+      <c r="R75" s="10"/>
+      <c r="S75" s="10"/>
+      <c r="T75" s="10"/>
+      <c r="U75" s="10"/>
+      <c r="V75" s="10"/>
+      <c r="W75" s="10"/>
+      <c r="X75" s="10"/>
+      <c r="Y75" s="10"/>
+      <c r="Z75" s="10"/>
+      <c r="AA75" s="10"/>
+      <c r="AB75" s="10"/>
+      <c r="AC75" s="10"/>
+      <c r="AD75" s="10"/>
+      <c r="AE75" s="10"/>
+      <c r="AF75" s="10"/>
+      <c r="AG75" s="11" t="s">
         <v>243</v>
       </c>
-      <c r="AH75" s="73" t="s">
+      <c r="AH75" s="11" t="s">
         <v>48</v>
       </c>
-      <c r="AI75" s="101"/>
-      <c r="AJ75" s="74"/>
+      <c r="AI75" s="25"/>
+      <c r="AJ75" s="13"/>
       <c r="AK75" s="26" t="str">
         <f>HYPERLINK("https://www.mtk-ctm.ch/de/tarife/ernaehrungsberatung/","Link")</f>
         <v>Link</v>
       </c>
-      <c r="AL75" s="75">
+      <c r="AL75" s="15">
         <v>37257</v>
       </c>
-      <c r="AM75" s="75">
+      <c r="AM75" s="15">
         <v>2958465</v>
       </c>
-      <c r="AN75" s="75">
+      <c r="AN75" s="15">
         <v>43789</v>
       </c>
-      <c r="AO75" s="84"/>
-[...2 lines deleted...]
-      <c r="A76" s="68">
+      <c r="AO75" s="22"/>
+    </row>
+    <row r="76" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A76" s="6">
         <v>515</v>
       </c>
-      <c r="B76" s="69" t="s">
+      <c r="B76" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C76" s="70" t="s">
+      <c r="C76" s="8" t="s">
         <v>248</v>
       </c>
-      <c r="D76" s="70" t="s">
+      <c r="D76" s="8" t="s">
         <v>249</v>
       </c>
-      <c r="E76" s="71"/>
-      <c r="F76" s="72" t="s">
+      <c r="E76" s="9"/>
+      <c r="F76" s="10" t="s">
         <v>78</v>
       </c>
-      <c r="G76" s="72" t="s">
-[...35 lines deleted...]
-      <c r="AG76" s="73" t="s">
+      <c r="G76" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="H76" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="I76" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="J76" s="10"/>
+      <c r="K76" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="L76" s="10"/>
+      <c r="M76" s="10"/>
+      <c r="N76" s="10"/>
+      <c r="O76" s="10"/>
+      <c r="P76" s="10"/>
+      <c r="Q76" s="10"/>
+      <c r="R76" s="10"/>
+      <c r="S76" s="10"/>
+      <c r="T76" s="10"/>
+      <c r="U76" s="10"/>
+      <c r="V76" s="10"/>
+      <c r="W76" s="10"/>
+      <c r="X76" s="10"/>
+      <c r="Y76" s="10"/>
+      <c r="Z76" s="10"/>
+      <c r="AA76" s="10"/>
+      <c r="AB76" s="10"/>
+      <c r="AC76" s="10"/>
+      <c r="AD76" s="10"/>
+      <c r="AE76" s="10"/>
+      <c r="AF76" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="AG76" s="11" t="s">
         <v>243</v>
       </c>
-      <c r="AH76" s="73" t="s">
+      <c r="AH76" s="11" t="s">
         <v>48</v>
       </c>
-      <c r="AI76" s="101"/>
-      <c r="AJ76" s="74"/>
+      <c r="AI76" s="25"/>
+      <c r="AJ76" s="13"/>
       <c r="AK76" s="26" t="str">
         <f>HYPERLINK("https://www.mtk-ctm.ch/de/tarife/diabetesberatung/","Link")</f>
         <v>Link</v>
       </c>
-      <c r="AL76" s="75">
+      <c r="AL76" s="15">
         <v>37257</v>
       </c>
-      <c r="AM76" s="75">
+      <c r="AM76" s="15">
         <v>2958465</v>
       </c>
-      <c r="AN76" s="75">
+      <c r="AN76" s="15">
         <v>43789</v>
       </c>
-      <c r="AO76" s="84"/>
-[...2 lines deleted...]
-      <c r="A77" s="68">
+      <c r="AO76" s="22"/>
+    </row>
+    <row r="77" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A77" s="6">
         <v>532</v>
       </c>
-      <c r="B77" s="69" t="s">
+      <c r="B77" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C77" s="70" t="s">
+      <c r="C77" s="8" t="s">
         <v>255</v>
       </c>
-      <c r="D77" s="70" t="s">
+      <c r="D77" s="8" t="s">
         <v>256</v>
       </c>
-      <c r="E77" s="71"/>
-[...36 lines deleted...]
-      <c r="AH77" s="73" t="s">
+      <c r="E77" s="9"/>
+      <c r="F77" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="G77" s="10"/>
+      <c r="H77" s="10"/>
+      <c r="I77" s="10"/>
+      <c r="J77" s="10"/>
+      <c r="K77" s="10"/>
+      <c r="L77" s="10"/>
+      <c r="M77" s="10"/>
+      <c r="N77" s="10"/>
+      <c r="O77" s="10"/>
+      <c r="P77" s="10"/>
+      <c r="Q77" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="R77" s="10"/>
+      <c r="S77" s="10"/>
+      <c r="T77" s="10"/>
+      <c r="U77" s="10"/>
+      <c r="V77" s="89"/>
+      <c r="W77" s="10"/>
+      <c r="X77" s="10"/>
+      <c r="Y77" s="10"/>
+      <c r="Z77" s="10"/>
+      <c r="AA77" s="10"/>
+      <c r="AB77" s="10"/>
+      <c r="AC77" s="10"/>
+      <c r="AD77" s="10"/>
+      <c r="AE77" s="10"/>
+      <c r="AF77" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="AG77" s="11" t="s">
+        <v>567</v>
+      </c>
+      <c r="AH77" s="11" t="s">
         <v>62</v>
       </c>
-      <c r="AI77" s="101"/>
+      <c r="AI77" s="25"/>
       <c r="AJ77" s="12" t="str">
         <f>HYPERLINK("https://www.forum-datenaustausch.ch/de/referenzdaten/","Link")</f>
         <v>Link</v>
       </c>
-      <c r="AK77" s="74"/>
-      <c r="AL77" s="75">
+      <c r="AK77" s="13"/>
+      <c r="AL77" s="15">
         <v>40544</v>
       </c>
-      <c r="AM77" s="75">
+      <c r="AM77" s="15">
         <v>2958465</v>
       </c>
-      <c r="AN77" s="75">
+      <c r="AN77" s="15">
         <v>45988</v>
       </c>
-      <c r="AO77" s="73" t="s">
-[...4 lines deleted...]
-      <c r="A78" s="68" t="s">
+      <c r="AO77" s="11" t="s">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="78" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A78" s="6" t="s">
         <v>257</v>
       </c>
-      <c r="B78" s="69" t="s">
+      <c r="B78" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C78" s="70" t="s">
+      <c r="C78" s="8" t="s">
         <v>258</v>
       </c>
-      <c r="D78" s="70" t="s">
+      <c r="D78" s="8" t="s">
         <v>259</v>
       </c>
-      <c r="E78" s="71"/>
-[...35 lines deleted...]
-      <c r="AG78" s="73" t="s">
+      <c r="E78" s="9"/>
+      <c r="F78" s="10"/>
+      <c r="G78" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="H78" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="I78" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="J78" s="10"/>
+      <c r="K78" s="10"/>
+      <c r="L78" s="10"/>
+      <c r="M78" s="10"/>
+      <c r="N78" s="10"/>
+      <c r="O78" s="10"/>
+      <c r="P78" s="10"/>
+      <c r="Q78" s="10"/>
+      <c r="R78" s="10"/>
+      <c r="S78" s="10"/>
+      <c r="T78" s="10"/>
+      <c r="U78" s="10"/>
+      <c r="V78" s="10"/>
+      <c r="W78" s="10"/>
+      <c r="X78" s="10"/>
+      <c r="Y78" s="10"/>
+      <c r="Z78" s="10"/>
+      <c r="AA78" s="10"/>
+      <c r="AB78" s="10"/>
+      <c r="AC78" s="10"/>
+      <c r="AD78" s="10"/>
+      <c r="AE78" s="10"/>
+      <c r="AF78" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="AG78" s="11" t="s">
         <v>260</v>
       </c>
-      <c r="AH78" s="73" t="s">
+      <c r="AH78" s="11" t="s">
         <v>48</v>
       </c>
-      <c r="AI78" s="101"/>
+      <c r="AI78" s="25"/>
       <c r="AJ78" s="23"/>
       <c r="AK78" s="26" t="str">
         <f>HYPERLINK("https://www.mtk-ctm.ch/de/tarife/spitex-tarif/","Link")</f>
         <v>Link</v>
       </c>
-      <c r="AL78" s="75">
+      <c r="AL78" s="15">
         <v>43466</v>
       </c>
-      <c r="AM78" s="75">
+      <c r="AM78" s="15">
         <v>2958465</v>
       </c>
-      <c r="AN78" s="75">
+      <c r="AN78" s="15">
         <v>43305</v>
       </c>
-      <c r="AO78" s="84"/>
-[...5 lines deleted...]
-      <c r="B79" s="69" t="s">
+      <c r="AO78" s="22"/>
+    </row>
+    <row r="79" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A79" s="6" t="s">
+        <v>507</v>
+      </c>
+      <c r="B79" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C79" s="70" t="s">
-[...6 lines deleted...]
-      <c r="F79" s="72" t="s">
+      <c r="C79" s="8" t="s">
+        <v>509</v>
+      </c>
+      <c r="D79" s="8" t="s">
+        <v>512</v>
+      </c>
+      <c r="E79" s="9"/>
+      <c r="F79" s="10" t="s">
         <v>78</v>
       </c>
-      <c r="G79" s="72"/>
-[...27 lines deleted...]
-      <c r="AG79" s="73" t="s">
+      <c r="G79" s="10"/>
+      <c r="H79" s="10"/>
+      <c r="I79" s="10"/>
+      <c r="J79" s="10"/>
+      <c r="K79" s="10"/>
+      <c r="L79" s="10"/>
+      <c r="M79" s="10"/>
+      <c r="N79" s="10"/>
+      <c r="O79" s="10"/>
+      <c r="P79" s="10"/>
+      <c r="Q79" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="R79" s="10"/>
+      <c r="S79" s="10"/>
+      <c r="T79" s="10"/>
+      <c r="U79" s="10"/>
+      <c r="V79" s="10"/>
+      <c r="W79" s="10"/>
+      <c r="X79" s="10"/>
+      <c r="Y79" s="10"/>
+      <c r="Z79" s="10"/>
+      <c r="AA79" s="10"/>
+      <c r="AB79" s="10"/>
+      <c r="AC79" s="10"/>
+      <c r="AD79" s="10"/>
+      <c r="AE79" s="10"/>
+      <c r="AF79" s="10"/>
+      <c r="AG79" s="11" t="s">
         <v>480</v>
       </c>
-      <c r="AH79" s="73" t="s">
+      <c r="AH79" s="11" t="s">
         <v>480</v>
       </c>
-      <c r="AI79" s="101"/>
+      <c r="AI79" s="25"/>
       <c r="AJ79" s="23"/>
       <c r="AK79" s="26"/>
-      <c r="AL79" s="75">
+      <c r="AL79" s="15">
         <v>44927</v>
       </c>
-      <c r="AM79" s="75">
+      <c r="AM79" s="15">
         <v>2958465</v>
       </c>
-      <c r="AN79" s="75">
+      <c r="AN79" s="15">
         <v>45218</v>
       </c>
-      <c r="AO79" s="84"/>
-[...5 lines deleted...]
-      <c r="B80" s="69" t="s">
+      <c r="AO79" s="22"/>
+    </row>
+    <row r="80" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A80" s="6" t="s">
+        <v>508</v>
+      </c>
+      <c r="B80" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C80" s="70" t="s">
-[...6 lines deleted...]
-      <c r="F80" s="72" t="s">
+      <c r="C80" s="8" t="s">
+        <v>510</v>
+      </c>
+      <c r="D80" s="8" t="s">
+        <v>513</v>
+      </c>
+      <c r="E80" s="9"/>
+      <c r="F80" s="10" t="s">
         <v>78</v>
       </c>
-      <c r="G80" s="72"/>
-[...27 lines deleted...]
-      <c r="AG80" s="73" t="s">
+      <c r="G80" s="10"/>
+      <c r="H80" s="10"/>
+      <c r="I80" s="10"/>
+      <c r="J80" s="10"/>
+      <c r="K80" s="10"/>
+      <c r="L80" s="10"/>
+      <c r="M80" s="10"/>
+      <c r="N80" s="10"/>
+      <c r="O80" s="10"/>
+      <c r="P80" s="10"/>
+      <c r="Q80" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="R80" s="10"/>
+      <c r="S80" s="10"/>
+      <c r="T80" s="10"/>
+      <c r="U80" s="10"/>
+      <c r="V80" s="10"/>
+      <c r="W80" s="10"/>
+      <c r="X80" s="10"/>
+      <c r="Y80" s="10"/>
+      <c r="Z80" s="10"/>
+      <c r="AA80" s="10"/>
+      <c r="AB80" s="10"/>
+      <c r="AC80" s="10"/>
+      <c r="AD80" s="10"/>
+      <c r="AE80" s="10"/>
+      <c r="AF80" s="10"/>
+      <c r="AG80" s="11" t="s">
         <v>480</v>
       </c>
-      <c r="AH80" s="73" t="s">
+      <c r="AH80" s="11" t="s">
         <v>480</v>
       </c>
-      <c r="AI80" s="101"/>
+      <c r="AI80" s="25"/>
       <c r="AJ80" s="23"/>
       <c r="AK80" s="26"/>
-      <c r="AL80" s="75">
+      <c r="AL80" s="15">
         <v>44927</v>
       </c>
-      <c r="AM80" s="75">
+      <c r="AM80" s="15">
         <v>2958465</v>
       </c>
-      <c r="AN80" s="75">
+      <c r="AN80" s="15">
         <v>45218</v>
       </c>
-      <c r="AO80" s="84"/>
-[...2 lines deleted...]
-      <c r="A81" s="68" t="s">
+      <c r="AO80" s="22"/>
+    </row>
+    <row r="81" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A81" s="6" t="s">
         <v>269</v>
       </c>
-      <c r="B81" s="69" t="s">
+      <c r="B81" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C81" s="70" t="s">
+      <c r="C81" s="8" t="s">
         <v>270</v>
       </c>
-      <c r="D81" s="70" t="s">
+      <c r="D81" s="8" t="s">
         <v>271</v>
       </c>
-      <c r="E81" s="71"/>
-[...33 lines deleted...]
-      <c r="AI81" s="101"/>
+      <c r="E81" s="9"/>
+      <c r="F81" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="G81" s="10"/>
+      <c r="H81" s="10"/>
+      <c r="I81" s="10"/>
+      <c r="J81" s="10"/>
+      <c r="K81" s="10"/>
+      <c r="L81" s="10"/>
+      <c r="M81" s="10"/>
+      <c r="N81" s="10"/>
+      <c r="O81" s="10"/>
+      <c r="P81" s="10"/>
+      <c r="Q81" s="10"/>
+      <c r="R81" s="10"/>
+      <c r="S81" s="10"/>
+      <c r="T81" s="10"/>
+      <c r="U81" s="10"/>
+      <c r="V81" s="10"/>
+      <c r="W81" s="10"/>
+      <c r="X81" s="10"/>
+      <c r="Y81" s="10"/>
+      <c r="Z81" s="10"/>
+      <c r="AA81" s="10"/>
+      <c r="AB81" s="10"/>
+      <c r="AC81" s="10"/>
+      <c r="AD81" s="10"/>
+      <c r="AE81" s="10"/>
+      <c r="AF81" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="AG81" s="11"/>
+      <c r="AH81" s="11"/>
+      <c r="AI81" s="25"/>
       <c r="AJ81" s="23"/>
-      <c r="AK81" s="74"/>
-      <c r="AL81" s="75">
+      <c r="AK81" s="13"/>
+      <c r="AL81" s="15">
         <v>37257</v>
       </c>
-      <c r="AM81" s="75">
+      <c r="AM81" s="15">
         <v>2958465</v>
       </c>
-      <c r="AN81" s="75">
+      <c r="AN81" s="15">
         <v>38820</v>
       </c>
-      <c r="AO81" s="108"/>
-[...2 lines deleted...]
-      <c r="A82" s="68">
+      <c r="AO81" s="88"/>
+    </row>
+    <row r="82" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A82" s="6">
         <v>551</v>
       </c>
-      <c r="B82" s="69" t="s">
+      <c r="B82" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C82" s="70" t="s">
+      <c r="C82" s="8" t="s">
         <v>272</v>
       </c>
-      <c r="D82" s="70" t="s">
+      <c r="D82" s="8" t="s">
         <v>273</v>
       </c>
-      <c r="E82" s="71"/>
-[...35 lines deleted...]
-      <c r="AG82" s="73" t="s">
+      <c r="E82" s="9"/>
+      <c r="F82" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="G82" s="10"/>
+      <c r="H82" s="10"/>
+      <c r="I82" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="J82" s="10"/>
+      <c r="K82" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="L82" s="10"/>
+      <c r="M82" s="10"/>
+      <c r="N82" s="10"/>
+      <c r="O82" s="10"/>
+      <c r="P82" s="10"/>
+      <c r="Q82" s="10"/>
+      <c r="R82" s="10"/>
+      <c r="S82" s="10"/>
+      <c r="T82" s="10"/>
+      <c r="U82" s="10"/>
+      <c r="V82" s="10"/>
+      <c r="W82" s="10"/>
+      <c r="X82" s="10"/>
+      <c r="Y82" s="10"/>
+      <c r="Z82" s="10"/>
+      <c r="AA82" s="10"/>
+      <c r="AB82" s="10"/>
+      <c r="AC82" s="10"/>
+      <c r="AD82" s="10"/>
+      <c r="AE82" s="10"/>
+      <c r="AF82" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="AG82" s="11" t="s">
         <v>149</v>
       </c>
-      <c r="AH82" s="73" t="s">
+      <c r="AH82" s="11" t="s">
         <v>48</v>
       </c>
-      <c r="AI82" s="101"/>
-      <c r="AJ82" s="74"/>
+      <c r="AI82" s="25"/>
+      <c r="AJ82" s="13"/>
       <c r="AK82" s="26" t="str">
         <f>HYPERLINK("https://www.mtk-ctm.ch/de/tarife/nichtaerztliche-beratungs-und-pflegeleistungen-in-spitaelern","Link")</f>
         <v>Link</v>
       </c>
-      <c r="AL82" s="75">
+      <c r="AL82" s="15">
         <v>37987</v>
       </c>
-      <c r="AM82" s="75">
+      <c r="AM82" s="15">
         <v>2958465</v>
       </c>
-      <c r="AN82" s="75">
+      <c r="AN82" s="15">
         <v>43789</v>
       </c>
-      <c r="AO82" s="84"/>
-[...2 lines deleted...]
-      <c r="A83" s="68">
+      <c r="AO82" s="22"/>
+    </row>
+    <row r="83" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A83" s="6">
         <v>552</v>
       </c>
-      <c r="B83" s="69" t="s">
+      <c r="B83" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C83" s="70" t="s">
+      <c r="C83" s="8" t="s">
         <v>274</v>
       </c>
-      <c r="D83" s="70" t="s">
+      <c r="D83" s="8" t="s">
         <v>275</v>
       </c>
-      <c r="E83" s="71"/>
-[...35 lines deleted...]
-      <c r="AG83" s="73" t="s">
+      <c r="E83" s="9"/>
+      <c r="F83" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="G83" s="10"/>
+      <c r="H83" s="10"/>
+      <c r="I83" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="J83" s="10"/>
+      <c r="K83" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="L83" s="10"/>
+      <c r="M83" s="10"/>
+      <c r="N83" s="10"/>
+      <c r="O83" s="10"/>
+      <c r="P83" s="10"/>
+      <c r="Q83" s="10"/>
+      <c r="R83" s="10"/>
+      <c r="S83" s="10"/>
+      <c r="T83" s="10"/>
+      <c r="U83" s="10"/>
+      <c r="V83" s="10"/>
+      <c r="W83" s="10"/>
+      <c r="X83" s="10"/>
+      <c r="Y83" s="10"/>
+      <c r="Z83" s="10"/>
+      <c r="AA83" s="10"/>
+      <c r="AB83" s="10"/>
+      <c r="AC83" s="10"/>
+      <c r="AD83" s="10"/>
+      <c r="AE83" s="10"/>
+      <c r="AF83" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="AG83" s="11" t="s">
         <v>149</v>
       </c>
-      <c r="AH83" s="73" t="s">
+      <c r="AH83" s="11" t="s">
         <v>48</v>
       </c>
-      <c r="AI83" s="101"/>
-      <c r="AJ83" s="74"/>
+      <c r="AI83" s="25"/>
+      <c r="AJ83" s="13"/>
       <c r="AK83" s="26" t="str">
         <f>HYPERLINK("https://www.mtk-ctm.ch/de/tarife/nichtaerztliche-beratungs-und-pflegeleistungen-in-spitaelern","Link")</f>
         <v>Link</v>
       </c>
-      <c r="AL83" s="75">
+      <c r="AL83" s="15">
         <v>37987</v>
       </c>
-      <c r="AM83" s="75">
+      <c r="AM83" s="15">
         <v>2958465</v>
       </c>
-      <c r="AN83" s="75">
+      <c r="AN83" s="15">
         <v>43789</v>
       </c>
-      <c r="AO83" s="84"/>
-[...2 lines deleted...]
-      <c r="A84" s="68" t="s">
+      <c r="AO83" s="22"/>
+    </row>
+    <row r="84" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A84" s="6" t="s">
         <v>276</v>
       </c>
-      <c r="B84" s="69" t="s">
+      <c r="B84" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C84" s="70" t="s">
-[...2 lines deleted...]
-      <c r="D84" s="70" t="s">
+      <c r="C84" s="8" t="s">
+        <v>535</v>
+      </c>
+      <c r="D84" s="8" t="s">
         <v>277</v>
       </c>
-      <c r="E84" s="71"/>
-[...35 lines deleted...]
-      <c r="AG84" s="73" t="s">
+      <c r="E84" s="9"/>
+      <c r="F84" s="10"/>
+      <c r="G84" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="H84" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="I84" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="J84" s="10"/>
+      <c r="K84" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="L84" s="10"/>
+      <c r="M84" s="10"/>
+      <c r="N84" s="10"/>
+      <c r="O84" s="10"/>
+      <c r="P84" s="10"/>
+      <c r="Q84" s="10"/>
+      <c r="R84" s="10"/>
+      <c r="S84" s="10"/>
+      <c r="T84" s="10"/>
+      <c r="U84" s="10"/>
+      <c r="V84" s="10"/>
+      <c r="W84" s="10"/>
+      <c r="X84" s="10"/>
+      <c r="Y84" s="10"/>
+      <c r="Z84" s="10"/>
+      <c r="AA84" s="10"/>
+      <c r="AB84" s="10"/>
+      <c r="AC84" s="10"/>
+      <c r="AD84" s="10"/>
+      <c r="AE84" s="10"/>
+      <c r="AF84" s="10"/>
+      <c r="AG84" s="11" t="s">
         <v>149</v>
       </c>
-      <c r="AH84" s="73" t="s">
+      <c r="AH84" s="11" t="s">
         <v>48</v>
       </c>
-      <c r="AI84" s="101"/>
-      <c r="AJ84" s="74"/>
+      <c r="AI84" s="25"/>
+      <c r="AJ84" s="13"/>
       <c r="AK84" s="26" t="str">
         <f>HYPERLINK("https://www.mtk-ctm.ch/de/tarife/physiotherapie/","Link")</f>
         <v>Link</v>
       </c>
-      <c r="AL84" s="75">
+      <c r="AL84" s="15">
         <v>37257</v>
       </c>
-      <c r="AM84" s="75">
+      <c r="AM84" s="15">
         <v>2958465</v>
       </c>
-      <c r="AN84" s="75">
+      <c r="AN84" s="15">
         <v>43054</v>
       </c>
-      <c r="AO84" s="84"/>
-[...2 lines deleted...]
-      <c r="A85" s="77" t="s">
+      <c r="AO84" s="22"/>
+    </row>
+    <row r="85" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A85" s="18" t="s">
         <v>278</v>
       </c>
-      <c r="B85" s="69" t="s">
+      <c r="B85" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C85" s="78" t="s">
+      <c r="C85" s="19" t="s">
         <v>279</v>
       </c>
-      <c r="D85" s="78" t="s">
+      <c r="D85" s="19" t="s">
         <v>280</v>
       </c>
-      <c r="E85" s="79"/>
-[...37 lines deleted...]
-      <c r="AG85" s="83" t="s">
+      <c r="E85" s="16"/>
+      <c r="F85" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="G85" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="H85" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="I85" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="J85" s="10"/>
+      <c r="K85" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="L85" s="20"/>
+      <c r="M85" s="77"/>
+      <c r="N85" s="77"/>
+      <c r="O85" s="77"/>
+      <c r="P85" s="77"/>
+      <c r="Q85" s="77"/>
+      <c r="R85" s="77"/>
+      <c r="S85" s="77"/>
+      <c r="T85" s="77"/>
+      <c r="U85" s="77"/>
+      <c r="V85" s="77"/>
+      <c r="W85" s="77"/>
+      <c r="X85" s="77"/>
+      <c r="Y85" s="77"/>
+      <c r="Z85" s="77"/>
+      <c r="AA85" s="77"/>
+      <c r="AB85" s="77"/>
+      <c r="AC85" s="77"/>
+      <c r="AD85" s="77"/>
+      <c r="AE85" s="77"/>
+      <c r="AF85" s="77"/>
+      <c r="AG85" s="17" t="s">
         <v>149</v>
       </c>
-      <c r="AH85" s="83" t="s">
+      <c r="AH85" s="17" t="s">
         <v>48</v>
       </c>
-      <c r="AI85" s="101"/>
-      <c r="AJ85" s="74"/>
+      <c r="AI85" s="25"/>
+      <c r="AJ85" s="13"/>
       <c r="AK85" s="26" t="str">
         <f>HYPERLINK("https://www.mtk-ctm.ch/de/tarife/ergotherapie/","Link")</f>
         <v>Link</v>
       </c>
-      <c r="AL85" s="81">
+      <c r="AL85" s="21">
         <v>37257</v>
       </c>
-      <c r="AM85" s="81">
+      <c r="AM85" s="21">
         <v>2958465</v>
       </c>
-      <c r="AN85" s="81">
+      <c r="AN85" s="21">
         <v>38820</v>
       </c>
-      <c r="AO85" s="76"/>
-[...2 lines deleted...]
-      <c r="A86" s="77" t="s">
+      <c r="AO85" s="68"/>
+    </row>
+    <row r="86" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A86" s="18" t="s">
         <v>281</v>
       </c>
-      <c r="B86" s="69" t="s">
+      <c r="B86" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C86" s="78" t="s">
+      <c r="C86" s="19" t="s">
         <v>282</v>
       </c>
-      <c r="D86" s="78" t="s">
+      <c r="D86" s="19" t="s">
         <v>283</v>
       </c>
-      <c r="E86" s="79"/>
-[...35 lines deleted...]
-      <c r="AG86" s="83" t="s">
+      <c r="E86" s="16"/>
+      <c r="F86" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="G86" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="H86" s="10"/>
+      <c r="I86" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="J86" s="10"/>
+      <c r="K86" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="L86" s="20"/>
+      <c r="M86" s="77"/>
+      <c r="N86" s="77"/>
+      <c r="O86" s="77"/>
+      <c r="P86" s="77"/>
+      <c r="Q86" s="77"/>
+      <c r="R86" s="77"/>
+      <c r="S86" s="77"/>
+      <c r="T86" s="77"/>
+      <c r="U86" s="77"/>
+      <c r="V86" s="77"/>
+      <c r="W86" s="77"/>
+      <c r="X86" s="77"/>
+      <c r="Y86" s="77"/>
+      <c r="Z86" s="77"/>
+      <c r="AA86" s="77"/>
+      <c r="AB86" s="77"/>
+      <c r="AC86" s="77"/>
+      <c r="AD86" s="77"/>
+      <c r="AE86" s="77"/>
+      <c r="AF86" s="77"/>
+      <c r="AG86" s="17" t="s">
         <v>149</v>
       </c>
-      <c r="AH86" s="83" t="s">
+      <c r="AH86" s="17" t="s">
         <v>48</v>
       </c>
-      <c r="AI86" s="101"/>
-      <c r="AJ86" s="74"/>
+      <c r="AI86" s="25"/>
+      <c r="AJ86" s="13"/>
       <c r="AK86" s="26" t="str">
         <f>HYPERLINK("https://www.mtk-ctm.ch/de/tarife/logopaedie/","Link")</f>
         <v>Link</v>
       </c>
-      <c r="AL86" s="81">
+      <c r="AL86" s="21">
         <v>37257</v>
       </c>
-      <c r="AM86" s="81">
+      <c r="AM86" s="21">
         <v>2958465</v>
       </c>
-      <c r="AN86" s="81">
+      <c r="AN86" s="21">
         <v>38820</v>
       </c>
-      <c r="AO86" s="76"/>
-[...2 lines deleted...]
-      <c r="A87" s="68" t="s">
+      <c r="AO86" s="68"/>
+    </row>
+    <row r="87" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A87" s="6" t="s">
         <v>284</v>
       </c>
-      <c r="B87" s="69" t="s">
+      <c r="B87" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C87" s="70" t="s">
+      <c r="C87" s="8" t="s">
         <v>285</v>
       </c>
-      <c r="D87" s="70" t="s">
+      <c r="D87" s="8" t="s">
         <v>286</v>
       </c>
-      <c r="E87" s="71"/>
-[...35 lines deleted...]
-      <c r="AG87" s="73" t="s">
+      <c r="E87" s="9"/>
+      <c r="F87" s="10"/>
+      <c r="G87" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="H87" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="I87" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="J87" s="10"/>
+      <c r="K87" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="L87" s="10"/>
+      <c r="M87" s="10"/>
+      <c r="N87" s="10"/>
+      <c r="O87" s="10"/>
+      <c r="P87" s="10"/>
+      <c r="Q87" s="10"/>
+      <c r="R87" s="10"/>
+      <c r="S87" s="10"/>
+      <c r="T87" s="10"/>
+      <c r="U87" s="10"/>
+      <c r="V87" s="10"/>
+      <c r="W87" s="10"/>
+      <c r="X87" s="10"/>
+      <c r="Y87" s="10"/>
+      <c r="Z87" s="10"/>
+      <c r="AA87" s="10"/>
+      <c r="AB87" s="10"/>
+      <c r="AC87" s="10"/>
+      <c r="AD87" s="10"/>
+      <c r="AE87" s="10"/>
+      <c r="AF87" s="10"/>
+      <c r="AG87" s="11" t="s">
         <v>149</v>
       </c>
-      <c r="AH87" s="73" t="s">
+      <c r="AH87" s="11" t="s">
         <v>48</v>
       </c>
-      <c r="AI87" s="101"/>
-      <c r="AJ87" s="74"/>
+      <c r="AI87" s="25"/>
+      <c r="AJ87" s="13"/>
       <c r="AK87" s="26" t="str">
         <f>HYPERLINK("https://www.mtk-ctm.ch/de/tarife/tarreha/","Link")</f>
         <v>Link</v>
       </c>
-      <c r="AL87" s="75">
+      <c r="AL87" s="15">
         <v>39083</v>
       </c>
-      <c r="AM87" s="75">
+      <c r="AM87" s="15">
         <v>2958465</v>
       </c>
-      <c r="AN87" s="75">
+      <c r="AN87" s="15">
         <v>38820</v>
       </c>
-      <c r="AO87" s="84"/>
-[...2 lines deleted...]
-      <c r="A88" s="68" t="s">
+      <c r="AO87" s="22"/>
+    </row>
+    <row r="88" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A88" s="6" t="s">
         <v>289</v>
       </c>
-      <c r="B88" s="69" t="s">
+      <c r="B88" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C88" s="70" t="s">
+      <c r="C88" s="8" t="s">
         <v>290</v>
       </c>
-      <c r="D88" s="70" t="s">
+      <c r="D88" s="8" t="s">
         <v>291</v>
       </c>
-      <c r="E88" s="71"/>
-[...37 lines deleted...]
-      <c r="AG88" s="73" t="s">
+      <c r="E88" s="9"/>
+      <c r="F88" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="G88" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="H88" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="I88" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="J88" s="10"/>
+      <c r="K88" s="10"/>
+      <c r="L88" s="10"/>
+      <c r="M88" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="N88" s="10"/>
+      <c r="O88" s="10"/>
+      <c r="P88" s="10"/>
+      <c r="Q88" s="10"/>
+      <c r="R88" s="10"/>
+      <c r="S88" s="10"/>
+      <c r="T88" s="10"/>
+      <c r="U88" s="10"/>
+      <c r="V88" s="10"/>
+      <c r="W88" s="10"/>
+      <c r="X88" s="10"/>
+      <c r="Y88" s="10"/>
+      <c r="Z88" s="10"/>
+      <c r="AA88" s="10"/>
+      <c r="AB88" s="10"/>
+      <c r="AC88" s="10"/>
+      <c r="AD88" s="10"/>
+      <c r="AE88" s="10"/>
+      <c r="AF88" s="10"/>
+      <c r="AG88" s="11" t="s">
         <v>131</v>
       </c>
-      <c r="AH88" s="73" t="s">
+      <c r="AH88" s="11" t="s">
         <v>131</v>
       </c>
-      <c r="AI88" s="101"/>
+      <c r="AI88" s="25"/>
       <c r="AJ88" s="23"/>
       <c r="AK88" s="26" t="str">
         <f>HYPERLINK("https://www.mtk-ctm.ch/de/tarife/apotheker-tarif/","Link")</f>
         <v>Link</v>
       </c>
-      <c r="AL88" s="75">
+      <c r="AL88" s="15">
         <v>37257</v>
       </c>
-      <c r="AM88" s="75">
+      <c r="AM88" s="15">
         <v>2958465</v>
       </c>
-      <c r="AN88" s="75">
+      <c r="AN88" s="15">
         <v>38820</v>
       </c>
-      <c r="AO88" s="110"/>
-[...2 lines deleted...]
-      <c r="A89" s="68" t="s">
+      <c r="AO88" s="90"/>
+    </row>
+    <row r="89" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A89" s="6" t="s">
         <v>295</v>
       </c>
-      <c r="B89" s="69" t="s">
+      <c r="B89" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C89" s="78" t="s">
+      <c r="C89" s="19" t="s">
         <v>296</v>
       </c>
-      <c r="D89" s="70" t="s">
+      <c r="D89" s="8" t="s">
         <v>297</v>
       </c>
-      <c r="E89" s="71"/>
-[...29 lines deleted...]
-      <c r="AG89" s="111" t="s">
+      <c r="E89" s="9"/>
+      <c r="F89" s="10"/>
+      <c r="G89" s="10"/>
+      <c r="H89" s="10"/>
+      <c r="I89" s="10"/>
+      <c r="J89" s="10"/>
+      <c r="K89" s="10"/>
+      <c r="L89" s="10"/>
+      <c r="M89" s="10"/>
+      <c r="N89" s="10"/>
+      <c r="O89" s="10"/>
+      <c r="P89" s="10"/>
+      <c r="Q89" s="10"/>
+      <c r="R89" s="10"/>
+      <c r="S89" s="10"/>
+      <c r="T89" s="10"/>
+      <c r="U89" s="10"/>
+      <c r="V89" s="10"/>
+      <c r="W89" s="10"/>
+      <c r="X89" s="10"/>
+      <c r="Y89" s="10"/>
+      <c r="Z89" s="10"/>
+      <c r="AA89" s="10"/>
+      <c r="AB89" s="10"/>
+      <c r="AC89" s="10"/>
+      <c r="AD89" s="10"/>
+      <c r="AE89" s="10"/>
+      <c r="AF89" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="AG89" s="28" t="s">
         <v>131</v>
       </c>
-      <c r="AH89" s="111" t="s">
+      <c r="AH89" s="28" t="s">
         <v>131</v>
       </c>
-      <c r="AI89" s="101"/>
+      <c r="AI89" s="25"/>
       <c r="AJ89" s="23"/>
       <c r="AK89" s="26" t="str">
         <f>HYPERLINK("https://www.hplus.ch/de/tarife/tarifvereinbarung-zwischen-rega-und-h/","Link")</f>
         <v>Link</v>
       </c>
-      <c r="AL89" s="75">
+      <c r="AL89" s="15">
         <v>37257</v>
       </c>
-      <c r="AM89" s="75">
+      <c r="AM89" s="15">
         <v>2958465</v>
       </c>
-      <c r="AN89" s="75">
+      <c r="AN89" s="15">
         <v>38820</v>
       </c>
-      <c r="AO89" s="84"/>
-[...2 lines deleted...]
-      <c r="A90" s="77" t="s">
+      <c r="AO89" s="22"/>
+    </row>
+    <row r="90" spans="1:41" s="58" customFormat="1" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A90" s="18" t="s">
         <v>298</v>
       </c>
-      <c r="B90" s="69" t="s">
+      <c r="B90" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C90" s="69" t="s">
+      <c r="C90" s="7" t="s">
         <v>496</v>
       </c>
-      <c r="D90" s="69" t="s">
+      <c r="D90" s="7" t="s">
         <v>497</v>
       </c>
-      <c r="E90" s="79"/>
-[...33 lines deleted...]
-      <c r="AG90" s="111" t="s">
+      <c r="E90" s="16"/>
+      <c r="F90" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="G90" s="10"/>
+      <c r="H90" s="10"/>
+      <c r="I90" s="10"/>
+      <c r="J90" s="20"/>
+      <c r="K90" s="20" t="s">
+        <v>42</v>
+      </c>
+      <c r="L90" s="20"/>
+      <c r="M90" s="20"/>
+      <c r="N90" s="20"/>
+      <c r="O90" s="20"/>
+      <c r="P90" s="20"/>
+      <c r="Q90" s="20"/>
+      <c r="R90" s="20"/>
+      <c r="S90" s="20"/>
+      <c r="T90" s="20"/>
+      <c r="U90" s="20"/>
+      <c r="V90" s="20"/>
+      <c r="W90" s="20"/>
+      <c r="X90" s="20"/>
+      <c r="Y90" s="20"/>
+      <c r="Z90" s="20"/>
+      <c r="AA90" s="20"/>
+      <c r="AB90" s="20"/>
+      <c r="AC90" s="20"/>
+      <c r="AD90" s="20" t="s">
+        <v>42</v>
+      </c>
+      <c r="AE90" s="20"/>
+      <c r="AF90" s="20"/>
+      <c r="AG90" s="28" t="s">
         <v>505</v>
       </c>
-      <c r="AH90" s="111" t="s">
+      <c r="AH90" s="28" t="s">
         <v>505</v>
       </c>
-      <c r="AI90" s="101"/>
+      <c r="AI90" s="25"/>
       <c r="AJ90" s="26" t="str">
         <f>HYPERLINK("https://browser.tartools.ch/#/psyhsk","Link")</f>
         <v>Link</v>
       </c>
-      <c r="AK90" s="104"/>
-      <c r="AL90" s="75">
+      <c r="AK90" s="29"/>
+      <c r="AL90" s="15">
         <v>44743</v>
       </c>
-      <c r="AM90" s="75">
+      <c r="AM90" s="15">
         <v>2958465</v>
       </c>
-      <c r="AN90" s="75">
+      <c r="AN90" s="15">
         <v>44830</v>
       </c>
-      <c r="AO90" s="112"/>
-[...2 lines deleted...]
-      <c r="A91" s="68" t="s">
+      <c r="AO90" s="30"/>
+    </row>
+    <row r="91" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A91" s="6" t="s">
         <v>299</v>
       </c>
-      <c r="B91" s="69" t="s">
+      <c r="B91" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C91" s="70" t="s">
+      <c r="C91" s="8" t="s">
         <v>300</v>
       </c>
-      <c r="D91" s="70" t="s">
+      <c r="D91" s="8" t="s">
         <v>498</v>
       </c>
-      <c r="E91" s="71"/>
-[...37 lines deleted...]
-      <c r="AG91" s="83" t="s">
+      <c r="E91" s="9"/>
+      <c r="F91" s="10"/>
+      <c r="G91" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="H91" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="I91" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="J91" s="10"/>
+      <c r="K91" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="L91" s="10"/>
+      <c r="M91" s="10"/>
+      <c r="N91" s="10"/>
+      <c r="O91" s="10"/>
+      <c r="P91" s="10"/>
+      <c r="Q91" s="10"/>
+      <c r="R91" s="10"/>
+      <c r="S91" s="10"/>
+      <c r="T91" s="10"/>
+      <c r="U91" s="10"/>
+      <c r="V91" s="10"/>
+      <c r="W91" s="10"/>
+      <c r="X91" s="10"/>
+      <c r="Y91" s="10"/>
+      <c r="Z91" s="10"/>
+      <c r="AA91" s="10"/>
+      <c r="AB91" s="10"/>
+      <c r="AC91" s="10"/>
+      <c r="AD91" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="AE91" s="10"/>
+      <c r="AF91" s="10"/>
+      <c r="AG91" s="17" t="s">
         <v>301</v>
       </c>
-      <c r="AH91" s="83" t="s">
+      <c r="AH91" s="17" t="s">
         <v>302</v>
       </c>
-      <c r="AI91" s="113"/>
-      <c r="AJ91" s="74"/>
+      <c r="AI91" s="91"/>
+      <c r="AJ91" s="13"/>
       <c r="AK91" s="26" t="str">
         <f>HYPERLINK("https://www.mtk-ctm.ch/de/tarife/psychotherapie/","Link")</f>
         <v>Link</v>
       </c>
-      <c r="AL91" s="75">
+      <c r="AL91" s="15">
         <v>43466</v>
       </c>
-      <c r="AM91" s="75">
+      <c r="AM91" s="15">
         <v>2958465</v>
       </c>
-      <c r="AN91" s="75">
+      <c r="AN91" s="15">
         <v>43334</v>
       </c>
-      <c r="AO91" s="84"/>
-[...2 lines deleted...]
-      <c r="A92" s="68" t="s">
+      <c r="AO91" s="22"/>
+    </row>
+    <row r="92" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A92" s="6" t="s">
         <v>303</v>
       </c>
-      <c r="B92" s="69" t="s">
+      <c r="B92" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C92" s="129" t="s">
-[...41 lines deleted...]
-      <c r="AG92" s="73" t="s">
+      <c r="C92" s="102" t="s">
+        <v>580</v>
+      </c>
+      <c r="D92" s="102" t="s">
+        <v>581</v>
+      </c>
+      <c r="E92" s="9"/>
+      <c r="F92" s="10"/>
+      <c r="G92" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="H92" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="I92" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="J92" s="10"/>
+      <c r="K92" s="10"/>
+      <c r="L92" s="10"/>
+      <c r="M92" s="10"/>
+      <c r="N92" s="10"/>
+      <c r="O92" s="10"/>
+      <c r="P92" s="10"/>
+      <c r="Q92" s="10"/>
+      <c r="R92" s="10"/>
+      <c r="S92" s="10"/>
+      <c r="T92" s="10"/>
+      <c r="U92" s="10"/>
+      <c r="V92" s="10"/>
+      <c r="W92" s="10"/>
+      <c r="X92" s="10"/>
+      <c r="Y92" s="10"/>
+      <c r="Z92" s="10"/>
+      <c r="AA92" s="10"/>
+      <c r="AB92" s="10"/>
+      <c r="AC92" s="10"/>
+      <c r="AD92" s="10"/>
+      <c r="AE92" s="10"/>
+      <c r="AF92" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="AG92" s="11" t="s">
         <v>304</v>
       </c>
-      <c r="AH92" s="73" t="s">
+      <c r="AH92" s="11" t="s">
         <v>48</v>
       </c>
-      <c r="AI92" s="101"/>
-      <c r="AJ92" s="74"/>
+      <c r="AI92" s="25"/>
+      <c r="AJ92" s="13"/>
       <c r="AK92" s="26" t="str">
         <f>HYPERLINK("https://www.mtk-ctm.ch/de/tarife/rettung-und-sanitaetstransporte/","Link")</f>
         <v>Link</v>
       </c>
-      <c r="AL92" s="75">
+      <c r="AL92" s="15">
         <v>39539</v>
       </c>
-      <c r="AM92" s="75">
+      <c r="AM92" s="15">
         <v>2958465</v>
       </c>
-      <c r="AN92" s="75">
+      <c r="AN92" s="15">
         <v>39512</v>
       </c>
-      <c r="AO92" s="84"/>
-[...2 lines deleted...]
-      <c r="A93" s="68" t="s">
+      <c r="AO92" s="22"/>
+    </row>
+    <row r="93" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A93" s="6" t="s">
         <v>305</v>
       </c>
-      <c r="B93" s="69" t="s">
+      <c r="B93" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C93" s="70" t="s">
+      <c r="C93" s="8" t="s">
         <v>306</v>
       </c>
-      <c r="D93" s="70" t="s">
+      <c r="D93" s="8" t="s">
         <v>306</v>
       </c>
-      <c r="E93" s="71"/>
-[...34 lines deleted...]
-      <c r="AH93" s="73" t="s">
+      <c r="E93" s="9"/>
+      <c r="F93" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="G93" s="10"/>
+      <c r="H93" s="10"/>
+      <c r="I93" s="10"/>
+      <c r="J93" s="10"/>
+      <c r="K93" s="10"/>
+      <c r="L93" s="10"/>
+      <c r="M93" s="10"/>
+      <c r="N93" s="10"/>
+      <c r="O93" s="10"/>
+      <c r="P93" s="10"/>
+      <c r="Q93" s="10"/>
+      <c r="R93" s="10"/>
+      <c r="S93" s="10"/>
+      <c r="T93" s="10"/>
+      <c r="U93" s="10"/>
+      <c r="V93" s="10"/>
+      <c r="W93" s="10"/>
+      <c r="X93" s="10"/>
+      <c r="Y93" s="10"/>
+      <c r="Z93" s="10"/>
+      <c r="AA93" s="10"/>
+      <c r="AB93" s="10"/>
+      <c r="AC93" s="10"/>
+      <c r="AD93" s="10"/>
+      <c r="AE93" s="10"/>
+      <c r="AF93" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="AG93" s="11" t="s">
+        <v>538</v>
+      </c>
+      <c r="AH93" s="11" t="s">
         <v>62</v>
       </c>
-      <c r="AI93" s="101"/>
+      <c r="AI93" s="25"/>
       <c r="AJ93" s="12" t="str">
         <f>HYPERLINK("https://www.sasis.ch/edi/referenzdaten-zu-tarifen/","Link")</f>
         <v>Link</v>
       </c>
-      <c r="AK93" s="74"/>
-      <c r="AL93" s="75">
+      <c r="AK93" s="13"/>
+      <c r="AL93" s="15">
         <v>43344</v>
       </c>
-      <c r="AM93" s="75">
+      <c r="AM93" s="15">
         <v>2958465</v>
       </c>
-      <c r="AN93" s="81">
+      <c r="AN93" s="21">
         <v>45782</v>
       </c>
-      <c r="AO93" s="73" t="s">
-[...4 lines deleted...]
-      <c r="A94" s="68" t="s">
+      <c r="AO93" s="11" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="94" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A94" s="6" t="s">
         <v>307</v>
       </c>
-      <c r="B94" s="69" t="s">
+      <c r="B94" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C94" s="70" t="s">
+      <c r="C94" s="8" t="s">
         <v>308</v>
       </c>
-      <c r="D94" s="70" t="s">
+      <c r="D94" s="8" t="s">
         <v>309</v>
       </c>
-      <c r="E94" s="71"/>
-[...34 lines deleted...]
-      <c r="AH94" s="73" t="s">
+      <c r="E94" s="9"/>
+      <c r="F94" s="10"/>
+      <c r="G94" s="10"/>
+      <c r="H94" s="10"/>
+      <c r="I94" s="10"/>
+      <c r="J94" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K94" s="10"/>
+      <c r="L94" s="10"/>
+      <c r="M94" s="10"/>
+      <c r="N94" s="10"/>
+      <c r="O94" s="10"/>
+      <c r="P94" s="10"/>
+      <c r="Q94" s="10"/>
+      <c r="R94" s="10"/>
+      <c r="S94" s="10"/>
+      <c r="T94" s="10"/>
+      <c r="U94" s="10"/>
+      <c r="V94" s="10"/>
+      <c r="W94" s="10"/>
+      <c r="X94" s="10"/>
+      <c r="Y94" s="10"/>
+      <c r="Z94" s="10"/>
+      <c r="AA94" s="10"/>
+      <c r="AB94" s="10"/>
+      <c r="AC94" s="10"/>
+      <c r="AD94" s="10"/>
+      <c r="AE94" s="10"/>
+      <c r="AF94" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="AG94" s="85" t="s">
+        <v>546</v>
+      </c>
+      <c r="AH94" s="11" t="s">
         <v>62</v>
       </c>
-      <c r="AI94" s="101"/>
+      <c r="AI94" s="25"/>
       <c r="AJ94" s="12" t="str">
         <f>HYPERLINK("https://www.sasis.ch/edi/referenzdaten-zu-tarifen/","Link")</f>
         <v>Link</v>
       </c>
-      <c r="AK94" s="74"/>
-      <c r="AL94" s="75">
+      <c r="AK94" s="13"/>
+      <c r="AL94" s="15">
         <v>40179</v>
       </c>
-      <c r="AM94" s="75">
+      <c r="AM94" s="15">
         <v>2958465</v>
       </c>
-      <c r="AN94" s="81">
+      <c r="AN94" s="21">
         <v>45782</v>
       </c>
-      <c r="AO94" s="73" t="s">
-[...4 lines deleted...]
-      <c r="A95" s="68" t="s">
+      <c r="AO94" s="11" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="95" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A95" s="6" t="s">
         <v>310</v>
       </c>
-      <c r="B95" s="69" t="s">
+      <c r="B95" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C95" s="70" t="s">
+      <c r="C95" s="8" t="s">
         <v>311</v>
       </c>
-      <c r="D95" s="70" t="s">
+      <c r="D95" s="8" t="s">
         <v>311</v>
       </c>
-      <c r="E95" s="73"/>
-[...31 lines deleted...]
-      <c r="AG95" s="103" t="s">
+      <c r="E95" s="11"/>
+      <c r="F95" s="10"/>
+      <c r="G95" s="10"/>
+      <c r="H95" s="10"/>
+      <c r="I95" s="10"/>
+      <c r="J95" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K95" s="10"/>
+      <c r="L95" s="10"/>
+      <c r="M95" s="10"/>
+      <c r="N95" s="10"/>
+      <c r="O95" s="10"/>
+      <c r="P95" s="10"/>
+      <c r="Q95" s="10"/>
+      <c r="R95" s="10"/>
+      <c r="S95" s="10"/>
+      <c r="T95" s="10"/>
+      <c r="U95" s="10"/>
+      <c r="V95" s="10"/>
+      <c r="W95" s="10"/>
+      <c r="X95" s="10"/>
+      <c r="Y95" s="10"/>
+      <c r="Z95" s="10"/>
+      <c r="AA95" s="10"/>
+      <c r="AB95" s="10"/>
+      <c r="AC95" s="10"/>
+      <c r="AD95" s="10"/>
+      <c r="AE95" s="10"/>
+      <c r="AF95" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="AG95" s="85" t="s">
         <v>312</v>
       </c>
-      <c r="AH95" s="103" t="s">
+      <c r="AH95" s="85" t="s">
         <v>312</v>
       </c>
-      <c r="AI95" s="101"/>
+      <c r="AI95" s="25"/>
       <c r="AJ95" s="12" t="str">
         <f>HYPERLINK("https://www.sasis.ch/edi/referenzdaten-zu-tarifen/","Link")</f>
         <v>Link</v>
       </c>
-      <c r="AK95" s="74"/>
-      <c r="AL95" s="75">
+      <c r="AK95" s="13"/>
+      <c r="AL95" s="15">
         <v>43466</v>
       </c>
-      <c r="AM95" s="75">
+      <c r="AM95" s="15">
         <v>2958465</v>
       </c>
-      <c r="AN95" s="75">
+      <c r="AN95" s="15">
         <v>43466</v>
       </c>
-      <c r="AO95" s="108"/>
-[...2 lines deleted...]
-      <c r="A96" s="77" t="s">
+      <c r="AO95" s="88"/>
+    </row>
+    <row r="96" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A96" s="18" t="s">
         <v>331</v>
       </c>
-      <c r="B96" s="69" t="s">
+      <c r="B96" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C96" s="78" t="s">
+      <c r="C96" s="19" t="s">
         <v>332</v>
       </c>
-      <c r="D96" s="78" t="s">
+      <c r="D96" s="19" t="s">
         <v>333</v>
       </c>
-      <c r="E96" s="79"/>
-[...29 lines deleted...]
-      <c r="AG96" s="83" t="s">
+      <c r="E96" s="16"/>
+      <c r="F96" s="10"/>
+      <c r="G96" s="10"/>
+      <c r="H96" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="I96" s="10"/>
+      <c r="J96" s="10"/>
+      <c r="K96" s="20"/>
+      <c r="L96" s="20"/>
+      <c r="M96" s="20"/>
+      <c r="N96" s="20"/>
+      <c r="O96" s="20"/>
+      <c r="P96" s="20"/>
+      <c r="Q96" s="20"/>
+      <c r="R96" s="20"/>
+      <c r="S96" s="20"/>
+      <c r="T96" s="20"/>
+      <c r="U96" s="20"/>
+      <c r="V96" s="20"/>
+      <c r="W96" s="20"/>
+      <c r="X96" s="20"/>
+      <c r="Y96" s="20"/>
+      <c r="Z96" s="20"/>
+      <c r="AA96" s="20"/>
+      <c r="AB96" s="20"/>
+      <c r="AC96" s="20"/>
+      <c r="AD96" s="20"/>
+      <c r="AE96" s="20"/>
+      <c r="AF96" s="20"/>
+      <c r="AG96" s="17" t="s">
         <v>98</v>
       </c>
-      <c r="AH96" s="83" t="s">
+      <c r="AH96" s="17" t="s">
         <v>98</v>
       </c>
-      <c r="AI96" s="101"/>
+      <c r="AI96" s="25"/>
       <c r="AJ96" s="23"/>
       <c r="AK96" s="12" t="str">
         <f>HYPERLINK("https://www.ahv-iv.ch/de/Extranet/AI","Link")</f>
         <v>Link</v>
       </c>
-      <c r="AL96" s="81">
+      <c r="AL96" s="21">
         <v>41821</v>
       </c>
-      <c r="AM96" s="81">
+      <c r="AM96" s="21">
         <v>2958465</v>
       </c>
-      <c r="AN96" s="81">
+      <c r="AN96" s="21">
         <v>42117</v>
       </c>
-      <c r="AO96" s="76"/>
-[...2 lines deleted...]
-      <c r="A97" s="77" t="s">
+      <c r="AO96" s="68"/>
+    </row>
+    <row r="97" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A97" s="18" t="s">
         <v>334</v>
       </c>
-      <c r="B97" s="69" t="s">
+      <c r="B97" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C97" s="78" t="s">
+      <c r="C97" s="19" t="s">
         <v>335</v>
       </c>
-      <c r="D97" s="70" t="s">
+      <c r="D97" s="8" t="s">
         <v>336</v>
       </c>
-      <c r="E97" s="72"/>
-[...23 lines deleted...]
-      <c r="AA97" s="101"/>
+      <c r="E97" s="10"/>
+      <c r="F97" s="10"/>
+      <c r="G97" s="10"/>
+      <c r="H97" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="I97" s="20"/>
+      <c r="J97" s="20"/>
+      <c r="K97" s="20"/>
+      <c r="L97" s="20"/>
+      <c r="M97" s="20"/>
+      <c r="N97" s="20"/>
+      <c r="O97" s="20"/>
+      <c r="P97" s="20"/>
+      <c r="Q97" s="20"/>
+      <c r="R97" s="20"/>
+      <c r="S97" s="20"/>
+      <c r="T97" s="20"/>
+      <c r="U97" s="20"/>
+      <c r="V97" s="20"/>
+      <c r="W97" s="20"/>
+      <c r="X97" s="20"/>
+      <c r="Y97" s="17"/>
+      <c r="Z97" s="17"/>
+      <c r="AA97" s="25"/>
       <c r="AB97" s="27"/>
-      <c r="AC97" s="104"/>
-[...5 lines deleted...]
-      <c r="AG97" s="83" t="s">
+      <c r="AC97" s="29"/>
+      <c r="AD97" s="15"/>
+      <c r="AE97" s="21"/>
+      <c r="AF97" s="92" t="s">
+        <v>42</v>
+      </c>
+      <c r="AG97" s="17" t="s">
         <v>98</v>
       </c>
-      <c r="AH97" s="83" t="s">
+      <c r="AH97" s="17" t="s">
         <v>98</v>
       </c>
-      <c r="AI97" s="79"/>
-      <c r="AJ97" s="79"/>
+      <c r="AI97" s="16"/>
+      <c r="AJ97" s="16"/>
       <c r="AK97" s="12" t="str">
         <f>HYPERLINK("https://www.ahv-iv.ch/de/Extranet/AI","Link")</f>
         <v>Link</v>
       </c>
-      <c r="AL97" s="115">
+      <c r="AL97" s="93">
         <v>40179</v>
       </c>
-      <c r="AM97" s="115">
+      <c r="AM97" s="93">
         <v>2958465</v>
       </c>
-      <c r="AN97" s="115">
+      <c r="AN97" s="93">
         <v>44021</v>
       </c>
-      <c r="AO97" s="79"/>
-[...2 lines deleted...]
-      <c r="A98" s="77" t="s">
+      <c r="AO97" s="16"/>
+    </row>
+    <row r="98" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A98" s="18" t="s">
         <v>337</v>
       </c>
-      <c r="B98" s="69" t="s">
+      <c r="B98" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C98" s="78" t="s">
+      <c r="C98" s="19" t="s">
+        <v>528</v>
+      </c>
+      <c r="D98" s="8" t="s">
         <v>529</v>
       </c>
-      <c r="D98" s="70" t="s">
-[...26 lines deleted...]
-      <c r="AA98" s="101"/>
+      <c r="E98" s="10"/>
+      <c r="F98" s="10"/>
+      <c r="G98" s="10"/>
+      <c r="H98" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="I98" s="20"/>
+      <c r="J98" s="20"/>
+      <c r="K98" s="20"/>
+      <c r="L98" s="20"/>
+      <c r="M98" s="20"/>
+      <c r="N98" s="20"/>
+      <c r="O98" s="20"/>
+      <c r="P98" s="20"/>
+      <c r="Q98" s="20"/>
+      <c r="R98" s="20"/>
+      <c r="S98" s="20"/>
+      <c r="T98" s="20"/>
+      <c r="U98" s="20"/>
+      <c r="V98" s="20"/>
+      <c r="W98" s="20"/>
+      <c r="X98" s="20"/>
+      <c r="Y98" s="17"/>
+      <c r="Z98" s="17"/>
+      <c r="AA98" s="25"/>
       <c r="AB98" s="27"/>
-      <c r="AC98" s="104"/>
-[...5 lines deleted...]
-      <c r="AG98" s="83" t="s">
+      <c r="AC98" s="29"/>
+      <c r="AD98" s="15"/>
+      <c r="AE98" s="21"/>
+      <c r="AF98" s="92" t="s">
+        <v>42</v>
+      </c>
+      <c r="AG98" s="17" t="s">
         <v>98</v>
       </c>
-      <c r="AH98" s="83" t="s">
+      <c r="AH98" s="17" t="s">
         <v>98</v>
       </c>
-      <c r="AI98" s="79"/>
-      <c r="AJ98" s="79"/>
+      <c r="AI98" s="16"/>
+      <c r="AJ98" s="16"/>
       <c r="AK98" s="12" t="str">
         <f>HYPERLINK("https://www.ahv-iv.ch/de/Extranet/AI","Link")</f>
         <v>Link</v>
       </c>
-      <c r="AL98" s="115">
+      <c r="AL98" s="93">
         <v>44013</v>
       </c>
-      <c r="AM98" s="115">
+      <c r="AM98" s="93">
         <v>2958465</v>
       </c>
-      <c r="AN98" s="115">
+      <c r="AN98" s="93">
         <v>44021</v>
       </c>
-      <c r="AO98" s="79"/>
-[...2 lines deleted...]
-      <c r="A99" s="77">
+      <c r="AO98" s="16"/>
+    </row>
+    <row r="99" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A99" s="18">
         <v>909</v>
       </c>
-      <c r="B99" s="69" t="s">
+      <c r="B99" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C99" s="78" t="s">
+      <c r="C99" s="19" t="s">
         <v>338</v>
       </c>
-      <c r="D99" s="78" t="s">
+      <c r="D99" s="19" t="s">
         <v>339</v>
       </c>
-      <c r="E99" s="79"/>
-[...35 lines deleted...]
-      <c r="AG99" s="83" t="s">
+      <c r="E99" s="16"/>
+      <c r="F99" s="10"/>
+      <c r="G99" s="10"/>
+      <c r="H99" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="I99" s="10"/>
+      <c r="J99" s="10"/>
+      <c r="K99" s="20" t="s">
+        <v>42</v>
+      </c>
+      <c r="L99" s="20"/>
+      <c r="M99" s="20"/>
+      <c r="N99" s="20"/>
+      <c r="O99" s="20"/>
+      <c r="P99" s="20"/>
+      <c r="Q99" s="20"/>
+      <c r="R99" s="20"/>
+      <c r="S99" s="20"/>
+      <c r="T99" s="20"/>
+      <c r="U99" s="20"/>
+      <c r="V99" s="20"/>
+      <c r="W99" s="20"/>
+      <c r="X99" s="20"/>
+      <c r="Y99" s="20"/>
+      <c r="Z99" s="20"/>
+      <c r="AA99" s="20" t="s">
+        <v>42</v>
+      </c>
+      <c r="AB99" s="20"/>
+      <c r="AC99" s="20"/>
+      <c r="AD99" s="20"/>
+      <c r="AE99" s="20"/>
+      <c r="AF99" s="20" t="s">
+        <v>42</v>
+      </c>
+      <c r="AG99" s="17" t="s">
         <v>98</v>
       </c>
-      <c r="AH99" s="83" t="s">
+      <c r="AH99" s="17" t="s">
         <v>98</v>
       </c>
-      <c r="AI99" s="101"/>
+      <c r="AI99" s="25"/>
       <c r="AJ99" s="23"/>
       <c r="AK99" s="12" t="str">
         <f>HYPERLINK("https://www.ahv-iv.ch/de/Extranet/AI","Link")</f>
         <v>Link</v>
       </c>
-      <c r="AL99" s="81">
+      <c r="AL99" s="21">
         <v>41275</v>
       </c>
-      <c r="AM99" s="81">
+      <c r="AM99" s="21">
         <v>2958465</v>
       </c>
-      <c r="AN99" s="81">
+      <c r="AN99" s="21">
         <v>41365</v>
       </c>
-      <c r="AO99" s="76"/>
-[...2 lines deleted...]
-      <c r="A100" s="77" t="s">
+      <c r="AO99" s="68"/>
+    </row>
+    <row r="100" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A100" s="18" t="s">
         <v>340</v>
       </c>
-      <c r="B100" s="69" t="s">
+      <c r="B100" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C100" s="78" t="s">
+      <c r="C100" s="19" t="s">
         <v>341</v>
       </c>
-      <c r="D100" s="78" t="s">
+      <c r="D100" s="19" t="s">
         <v>342</v>
       </c>
-      <c r="E100" s="79"/>
-[...11 lines deleted...]
-      <c r="K100" s="72" t="s">
+      <c r="E100" s="16"/>
+      <c r="F100" s="10"/>
+      <c r="G100" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="H100" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="I100" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="J100" s="10"/>
+      <c r="K100" s="10" t="s">
         <v>42</v>
       </c>
       <c r="L100" s="12"/>
       <c r="M100" s="12"/>
       <c r="N100" s="12"/>
       <c r="O100" s="12"/>
       <c r="P100" s="12"/>
       <c r="Q100" s="12"/>
       <c r="R100" s="12"/>
       <c r="S100" s="12"/>
       <c r="T100" s="12"/>
       <c r="U100" s="12"/>
       <c r="V100" s="12"/>
-      <c r="W100" s="80"/>
-[...4 lines deleted...]
-      <c r="AB100" s="80"/>
+      <c r="W100" s="20"/>
+      <c r="X100" s="20"/>
+      <c r="Y100" s="20"/>
+      <c r="Z100" s="20"/>
+      <c r="AA100" s="20"/>
+      <c r="AB100" s="20"/>
       <c r="AC100" s="12"/>
       <c r="AD100" s="12"/>
       <c r="AE100" s="12"/>
-      <c r="AF100" s="80"/>
-[...2 lines deleted...]
-      <c r="AI100" s="101"/>
+      <c r="AF100" s="20"/>
+      <c r="AG100" s="17"/>
+      <c r="AH100" s="17"/>
+      <c r="AI100" s="25"/>
       <c r="AJ100" s="23"/>
-      <c r="AK100" s="74"/>
-      <c r="AL100" s="81">
+      <c r="AK100" s="13"/>
+      <c r="AL100" s="21">
         <v>37257</v>
       </c>
-      <c r="AM100" s="81">
+      <c r="AM100" s="21">
         <v>2958465</v>
       </c>
-      <c r="AN100" s="81">
+      <c r="AN100" s="21">
         <v>38820</v>
       </c>
-      <c r="AO100" s="76"/>
-[...2 lines deleted...]
-      <c r="A101" s="77" t="s">
+      <c r="AO100" s="68"/>
+    </row>
+    <row r="101" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A101" s="18" t="s">
         <v>343</v>
       </c>
-      <c r="B101" s="69" t="s">
+      <c r="B101" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C101" s="78" t="s">
+      <c r="C101" s="19" t="s">
         <v>488</v>
       </c>
-      <c r="D101" s="78" t="s">
+      <c r="D101" s="19" t="s">
         <v>344</v>
       </c>
-      <c r="E101" s="79"/>
-[...30 lines deleted...]
-      <c r="AD101" s="80"/>
+      <c r="E101" s="16"/>
+      <c r="F101" s="10"/>
+      <c r="G101" s="10"/>
+      <c r="H101" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="I101" s="10"/>
+      <c r="J101" s="10"/>
+      <c r="K101" s="20"/>
+      <c r="L101" s="20"/>
+      <c r="M101" s="20" t="s">
+        <v>42</v>
+      </c>
+      <c r="N101" s="20"/>
+      <c r="O101" s="20"/>
+      <c r="P101" s="20"/>
+      <c r="Q101" s="20"/>
+      <c r="R101" s="20"/>
+      <c r="S101" s="20"/>
+      <c r="T101" s="20"/>
+      <c r="U101" s="20" t="s">
+        <v>42</v>
+      </c>
+      <c r="V101" s="20"/>
+      <c r="W101" s="20"/>
+      <c r="X101" s="20"/>
+      <c r="Y101" s="20"/>
+      <c r="Z101" s="20"/>
+      <c r="AA101" s="20"/>
+      <c r="AB101" s="20"/>
+      <c r="AC101" s="20"/>
+      <c r="AD101" s="20"/>
       <c r="AE101" s="12"/>
-      <c r="AF101" s="80" t="s">
-[...2 lines deleted...]
-      <c r="AG101" s="83" t="s">
+      <c r="AF101" s="20" t="s">
+        <v>42</v>
+      </c>
+      <c r="AG101" s="17" t="s">
         <v>98</v>
       </c>
-      <c r="AH101" s="83" t="s">
+      <c r="AH101" s="17" t="s">
         <v>98</v>
       </c>
-      <c r="AI101" s="101"/>
+      <c r="AI101" s="25"/>
       <c r="AJ101" s="23"/>
       <c r="AK101" s="12" t="str">
         <f>HYPERLINK("https://www.ahv-iv.ch/de/Extranet/AI","Link")</f>
         <v>Link</v>
       </c>
-      <c r="AL101" s="81">
+      <c r="AL101" s="21">
         <v>43040</v>
       </c>
-      <c r="AM101" s="81">
+      <c r="AM101" s="21">
         <v>2958465</v>
       </c>
-      <c r="AN101" s="81">
+      <c r="AN101" s="21">
         <v>43054</v>
       </c>
-      <c r="AO101" s="76"/>
-[...2 lines deleted...]
-      <c r="A102" s="77" t="s">
+      <c r="AO101" s="68"/>
+    </row>
+    <row r="102" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A102" s="18" t="s">
         <v>345</v>
       </c>
-      <c r="B102" s="69" t="s">
+      <c r="B102" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C102" s="78" t="s">
+      <c r="C102" s="19" t="s">
         <v>346</v>
       </c>
-      <c r="D102" s="78" t="s">
+      <c r="D102" s="19" t="s">
         <v>347</v>
       </c>
-      <c r="E102" s="79"/>
-[...26 lines deleted...]
-      <c r="AD102" s="80"/>
+      <c r="E102" s="16"/>
+      <c r="F102" s="10"/>
+      <c r="G102" s="10"/>
+      <c r="H102" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="I102" s="10"/>
+      <c r="J102" s="10"/>
+      <c r="K102" s="20"/>
+      <c r="L102" s="20"/>
+      <c r="M102" s="20"/>
+      <c r="N102" s="20"/>
+      <c r="O102" s="20"/>
+      <c r="P102" s="20"/>
+      <c r="Q102" s="20"/>
+      <c r="R102" s="20"/>
+      <c r="S102" s="20"/>
+      <c r="T102" s="20"/>
+      <c r="U102" s="20"/>
+      <c r="V102" s="20"/>
+      <c r="W102" s="20"/>
+      <c r="X102" s="20"/>
+      <c r="Y102" s="20"/>
+      <c r="Z102" s="20"/>
+      <c r="AA102" s="20"/>
+      <c r="AB102" s="20"/>
+      <c r="AC102" s="20"/>
+      <c r="AD102" s="20"/>
       <c r="AE102" s="12"/>
-      <c r="AF102" s="80" t="s">
-[...2 lines deleted...]
-      <c r="AG102" s="83" t="s">
+      <c r="AF102" s="20" t="s">
+        <v>42</v>
+      </c>
+      <c r="AG102" s="17" t="s">
         <v>98</v>
       </c>
-      <c r="AH102" s="83" t="s">
+      <c r="AH102" s="17" t="s">
         <v>98</v>
       </c>
-      <c r="AI102" s="101"/>
+      <c r="AI102" s="25"/>
       <c r="AJ102" s="23"/>
       <c r="AK102" s="12" t="str">
         <f>HYPERLINK("https://www.ahv-iv.ch/de/Extranet/AI","Link")</f>
         <v>Link</v>
       </c>
-      <c r="AL102" s="81">
+      <c r="AL102" s="21">
         <v>41275</v>
       </c>
-      <c r="AM102" s="81">
+      <c r="AM102" s="21">
         <v>2958465</v>
       </c>
-      <c r="AN102" s="81">
+      <c r="AN102" s="21">
         <v>43970</v>
       </c>
-      <c r="AO102" s="76"/>
-[...2 lines deleted...]
-      <c r="A103" s="116" t="s">
+      <c r="AO102" s="68"/>
+    </row>
+    <row r="103" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A103" s="94" t="s">
         <v>348</v>
       </c>
-      <c r="B103" s="117" t="s">
+      <c r="B103" s="95" t="s">
         <v>40</v>
       </c>
-      <c r="C103" s="117" t="s">
-[...32 lines deleted...]
-      <c r="AD103" s="120"/>
+      <c r="C103" s="95" t="s">
+        <v>549</v>
+      </c>
+      <c r="D103" s="95" t="s">
+        <v>560</v>
+      </c>
+      <c r="E103" s="96"/>
+      <c r="F103" s="10"/>
+      <c r="G103" s="10"/>
+      <c r="H103" s="25" t="s">
+        <v>42</v>
+      </c>
+      <c r="I103" s="10"/>
+      <c r="J103" s="97"/>
+      <c r="K103" s="98"/>
+      <c r="L103" s="98"/>
+      <c r="M103" s="98"/>
+      <c r="N103" s="98"/>
+      <c r="O103" s="98"/>
+      <c r="P103" s="98"/>
+      <c r="Q103" s="98"/>
+      <c r="R103" s="98"/>
+      <c r="S103" s="98"/>
+      <c r="T103" s="98"/>
+      <c r="U103" s="98"/>
+      <c r="V103" s="98"/>
+      <c r="W103" s="98"/>
+      <c r="X103" s="98"/>
+      <c r="Y103" s="98"/>
+      <c r="Z103" s="98"/>
+      <c r="AA103" s="98"/>
+      <c r="AB103" s="98"/>
+      <c r="AC103" s="98"/>
+      <c r="AD103" s="98"/>
       <c r="AE103" s="67"/>
-      <c r="AF103" s="116" t="s">
-[...2 lines deleted...]
-      <c r="AG103" s="121" t="s">
+      <c r="AF103" s="94" t="s">
+        <v>42</v>
+      </c>
+      <c r="AG103" s="99" t="s">
         <v>98</v>
       </c>
-      <c r="AH103" s="121" t="s">
+      <c r="AH103" s="99" t="s">
         <v>98</v>
       </c>
-      <c r="AI103" s="116"/>
+      <c r="AI103" s="94"/>
       <c r="AJ103" s="67"/>
       <c r="AK103" s="12" t="str">
         <f>HYPERLINK("https://www.ahv-iv.ch/de/Extranet/AI","Link")</f>
         <v>Link</v>
       </c>
-      <c r="AL103" s="122">
+      <c r="AL103" s="100">
         <v>45809</v>
       </c>
-      <c r="AM103" s="123">
+      <c r="AM103" s="101">
         <v>2958465</v>
       </c>
-      <c r="AN103" s="123">
+      <c r="AN103" s="101">
         <v>45782</v>
       </c>
-      <c r="AO103" s="76" t="s">
-[...4 lines deleted...]
-      <c r="A104" s="77" t="s">
+      <c r="AO103" s="68" t="s">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="104" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A104" s="18" t="s">
         <v>351</v>
       </c>
-      <c r="B104" s="69" t="s">
+      <c r="B104" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C104" s="78" t="s">
+      <c r="C104" s="19" t="s">
         <v>352</v>
       </c>
-      <c r="D104" s="78" t="s">
+      <c r="D104" s="19" t="s">
         <v>353</v>
       </c>
-      <c r="E104" s="79"/>
-[...26 lines deleted...]
-      <c r="AD104" s="80"/>
+      <c r="E104" s="16"/>
+      <c r="F104" s="10"/>
+      <c r="G104" s="10"/>
+      <c r="H104" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="I104" s="10"/>
+      <c r="J104" s="10"/>
+      <c r="K104" s="20"/>
+      <c r="L104" s="20"/>
+      <c r="M104" s="20"/>
+      <c r="N104" s="20"/>
+      <c r="O104" s="20"/>
+      <c r="P104" s="20"/>
+      <c r="Q104" s="20"/>
+      <c r="R104" s="20"/>
+      <c r="S104" s="20"/>
+      <c r="T104" s="20"/>
+      <c r="U104" s="20"/>
+      <c r="V104" s="20"/>
+      <c r="W104" s="89"/>
+      <c r="X104" s="89"/>
+      <c r="Y104" s="89"/>
+      <c r="Z104" s="89"/>
+      <c r="AA104" s="89"/>
+      <c r="AB104" s="89"/>
+      <c r="AC104" s="20"/>
+      <c r="AD104" s="20"/>
       <c r="AE104" s="12"/>
-      <c r="AF104" s="80" t="s">
-[...2 lines deleted...]
-      <c r="AG104" s="83" t="s">
+      <c r="AF104" s="20" t="s">
+        <v>42</v>
+      </c>
+      <c r="AG104" s="17" t="s">
         <v>98</v>
       </c>
-      <c r="AH104" s="83" t="s">
+      <c r="AH104" s="17" t="s">
         <v>98</v>
       </c>
-      <c r="AI104" s="101"/>
+      <c r="AI104" s="25"/>
       <c r="AJ104" s="27"/>
       <c r="AK104" s="12" t="str">
         <f>HYPERLINK("https://www.ahv-iv.ch/de/Extranet/AI","Link")</f>
         <v>Link</v>
       </c>
-      <c r="AL104" s="75">
+      <c r="AL104" s="15">
         <v>37987</v>
       </c>
-      <c r="AM104" s="81">
+      <c r="AM104" s="21">
         <v>2958465</v>
       </c>
-      <c r="AN104" s="115">
+      <c r="AN104" s="93">
         <v>44021</v>
       </c>
-      <c r="AO104" s="112"/>
-[...2 lines deleted...]
-      <c r="A105" s="77" t="s">
+      <c r="AO104" s="30"/>
+    </row>
+    <row r="105" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A105" s="18" t="s">
         <v>354</v>
       </c>
-      <c r="B105" s="69" t="s">
+      <c r="B105" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C105" s="78" t="s">
+      <c r="C105" s="19" t="s">
         <v>355</v>
       </c>
-      <c r="D105" s="78" t="s">
+      <c r="D105" s="19" t="s">
         <v>356</v>
       </c>
-      <c r="E105" s="79"/>
-[...26 lines deleted...]
-      <c r="AD105" s="80"/>
+      <c r="E105" s="16"/>
+      <c r="F105" s="10"/>
+      <c r="G105" s="10"/>
+      <c r="H105" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="I105" s="10"/>
+      <c r="J105" s="10"/>
+      <c r="K105" s="20"/>
+      <c r="L105" s="20"/>
+      <c r="M105" s="20"/>
+      <c r="N105" s="20"/>
+      <c r="O105" s="20"/>
+      <c r="P105" s="20"/>
+      <c r="Q105" s="20"/>
+      <c r="R105" s="20"/>
+      <c r="S105" s="20"/>
+      <c r="T105" s="20"/>
+      <c r="U105" s="20"/>
+      <c r="V105" s="20"/>
+      <c r="W105" s="20"/>
+      <c r="X105" s="20"/>
+      <c r="Y105" s="20"/>
+      <c r="Z105" s="20"/>
+      <c r="AA105" s="20"/>
+      <c r="AB105" s="20"/>
+      <c r="AC105" s="20"/>
+      <c r="AD105" s="20"/>
       <c r="AE105" s="12"/>
-      <c r="AF105" s="80" t="s">
-[...2 lines deleted...]
-      <c r="AG105" s="83" t="s">
+      <c r="AF105" s="20" t="s">
+        <v>42</v>
+      </c>
+      <c r="AG105" s="17" t="s">
         <v>98</v>
       </c>
-      <c r="AH105" s="83" t="s">
+      <c r="AH105" s="17" t="s">
         <v>98</v>
       </c>
-      <c r="AI105" s="101"/>
+      <c r="AI105" s="25"/>
       <c r="AJ105" s="23"/>
       <c r="AK105" s="12" t="str">
         <f>HYPERLINK("https://www.ahv-iv.ch/de/Extranet/AI","Link")</f>
         <v>Link</v>
       </c>
-      <c r="AL105" s="75">
+      <c r="AL105" s="15">
         <v>43647</v>
       </c>
-      <c r="AM105" s="81">
+      <c r="AM105" s="21">
         <v>2958465</v>
       </c>
-      <c r="AN105" s="81">
+      <c r="AN105" s="21">
         <v>43556</v>
       </c>
-      <c r="AO105" s="76"/>
-[...2 lines deleted...]
-      <c r="A106" s="77" t="s">
+      <c r="AO105" s="68"/>
+    </row>
+    <row r="106" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A106" s="18" t="s">
         <v>357</v>
       </c>
-      <c r="B106" s="69" t="s">
+      <c r="B106" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C106" s="78" t="s">
+      <c r="C106" s="19" t="s">
         <v>358</v>
       </c>
-      <c r="D106" s="78" t="s">
+      <c r="D106" s="19" t="s">
         <v>359</v>
       </c>
-      <c r="E106" s="79"/>
-[...34 lines deleted...]
-      <c r="AH106" s="73" t="s">
+      <c r="E106" s="16"/>
+      <c r="F106" s="10"/>
+      <c r="G106" s="10"/>
+      <c r="H106" s="10"/>
+      <c r="I106" s="10"/>
+      <c r="J106" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K106" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="L106" s="20"/>
+      <c r="M106" s="20"/>
+      <c r="N106" s="20"/>
+      <c r="O106" s="20"/>
+      <c r="P106" s="20"/>
+      <c r="Q106" s="20"/>
+      <c r="R106" s="20"/>
+      <c r="S106" s="20"/>
+      <c r="T106" s="20"/>
+      <c r="U106" s="20"/>
+      <c r="V106" s="20"/>
+      <c r="W106" s="20"/>
+      <c r="X106" s="20"/>
+      <c r="Y106" s="20"/>
+      <c r="Z106" s="20"/>
+      <c r="AA106" s="20"/>
+      <c r="AB106" s="20"/>
+      <c r="AC106" s="20"/>
+      <c r="AD106" s="20"/>
+      <c r="AE106" s="20"/>
+      <c r="AF106" s="20"/>
+      <c r="AG106" s="11" t="s">
+        <v>547</v>
+      </c>
+      <c r="AH106" s="11" t="s">
         <v>62</v>
       </c>
-      <c r="AI106" s="101"/>
+      <c r="AI106" s="25"/>
       <c r="AJ106" s="12" t="str">
         <f>HYPERLINK("https://www.sasis.ch/edi/referenzdaten-zu-tarifen/","Link")</f>
         <v>Link</v>
       </c>
-      <c r="AK106" s="74"/>
-      <c r="AL106" s="81">
+      <c r="AK106" s="13"/>
+      <c r="AL106" s="21">
         <v>37257</v>
       </c>
-      <c r="AM106" s="81">
+      <c r="AM106" s="21">
         <v>2958465</v>
       </c>
-      <c r="AN106" s="81">
+      <c r="AN106" s="21">
         <v>45782</v>
       </c>
-      <c r="AO106" s="73" t="s">
-[...4 lines deleted...]
-      <c r="A107" s="77" t="s">
+      <c r="AO106" s="11" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="107" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A107" s="18" t="s">
         <v>360</v>
       </c>
-      <c r="B107" s="69" t="s">
+      <c r="B107" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C107" s="78" t="s">
+      <c r="C107" s="19" t="s">
         <v>361</v>
       </c>
-      <c r="D107" s="78" t="s">
+      <c r="D107" s="19" t="s">
         <v>362</v>
       </c>
-      <c r="E107" s="79"/>
-[...3 lines deleted...]
-      <c r="G107" s="72" t="s">
+      <c r="E107" s="16"/>
+      <c r="F107" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="G107" s="10" t="s">
         <v>78</v>
       </c>
-      <c r="H107" s="72" t="s">
+      <c r="H107" s="10" t="s">
         <v>78</v>
       </c>
-      <c r="I107" s="72" t="s">
+      <c r="I107" s="10" t="s">
         <v>78</v>
       </c>
-      <c r="J107" s="72"/>
-[...21 lines deleted...]
-      <c r="AD107" s="80"/>
+      <c r="J107" s="10"/>
+      <c r="K107" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="L107" s="20"/>
+      <c r="M107" s="20"/>
+      <c r="N107" s="20"/>
+      <c r="O107" s="20"/>
+      <c r="P107" s="20"/>
+      <c r="Q107" s="20"/>
+      <c r="R107" s="20"/>
+      <c r="S107" s="20"/>
+      <c r="T107" s="20"/>
+      <c r="U107" s="20"/>
+      <c r="V107" s="20"/>
+      <c r="W107" s="20"/>
+      <c r="X107" s="20"/>
+      <c r="Y107" s="20"/>
+      <c r="Z107" s="20"/>
+      <c r="AA107" s="20"/>
+      <c r="AB107" s="20"/>
+      <c r="AC107" s="20"/>
+      <c r="AD107" s="20"/>
       <c r="AE107" s="12"/>
-      <c r="AF107" s="80"/>
-      <c r="AG107" s="73" t="s">
+      <c r="AF107" s="20"/>
+      <c r="AG107" s="11" t="s">
         <v>62</v>
       </c>
-      <c r="AH107" s="73" t="s">
+      <c r="AH107" s="11" t="s">
         <v>62</v>
       </c>
       <c r="AI107" s="12" t="str">
         <f>HYPERLINK("https://www.forum-datenaustausch.ch/de/referenzdaten/","Link")</f>
         <v>Link</v>
       </c>
-      <c r="AJ107" s="124"/>
-[...1 lines deleted...]
-      <c r="AL107" s="81">
+      <c r="AK107" s="13"/>
+      <c r="AL107" s="21">
         <v>37257</v>
       </c>
-      <c r="AM107" s="81">
+      <c r="AM107" s="21">
         <v>2958465</v>
       </c>
-      <c r="AN107" s="75">
+      <c r="AN107" s="15">
         <v>44125</v>
       </c>
-      <c r="AO107" s="76"/>
-[...5 lines deleted...]
-      <c r="B108" s="69" t="s">
+      <c r="AO107" s="68"/>
+    </row>
+    <row r="108" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A108" s="18" t="s">
+        <v>571</v>
+      </c>
+      <c r="B108" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C108" s="78" t="s">
+      <c r="C108" s="19" t="s">
         <v>390</v>
       </c>
-      <c r="D108" s="78" t="s">
+      <c r="D108" s="19" t="s">
         <v>391</v>
       </c>
-      <c r="E108" s="79"/>
-[...36 lines deleted...]
-      <c r="AH108" s="73" t="s">
+      <c r="E108" s="16"/>
+      <c r="F108" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="G108" s="10"/>
+      <c r="H108" s="10"/>
+      <c r="I108" s="10"/>
+      <c r="J108" s="20"/>
+      <c r="K108" s="20"/>
+      <c r="L108" s="20"/>
+      <c r="M108" s="20"/>
+      <c r="N108" s="20"/>
+      <c r="O108" s="20"/>
+      <c r="P108" s="20"/>
+      <c r="Q108" s="20"/>
+      <c r="R108" s="20"/>
+      <c r="S108" s="20"/>
+      <c r="T108" s="20"/>
+      <c r="U108" s="20"/>
+      <c r="V108" s="20" t="s">
+        <v>42</v>
+      </c>
+      <c r="W108" s="20"/>
+      <c r="X108" s="20"/>
+      <c r="Y108" s="20"/>
+      <c r="Z108" s="20"/>
+      <c r="AA108" s="20"/>
+      <c r="AB108" s="20"/>
+      <c r="AC108" s="20"/>
+      <c r="AD108" s="20"/>
+      <c r="AE108" s="20"/>
+      <c r="AF108" s="20" t="s">
+        <v>42</v>
+      </c>
+      <c r="AG108" s="11" t="s">
+        <v>568</v>
+      </c>
+      <c r="AH108" s="11" t="s">
         <v>62</v>
       </c>
-      <c r="AI108" s="74"/>
+      <c r="AI108" s="13"/>
       <c r="AJ108" s="12" t="str">
         <f t="shared" ref="AJ108:AJ113" si="1">HYPERLINK("https://www.forum-datenaustausch.ch/de/referenzdaten/","Link")</f>
         <v>Link</v>
       </c>
-      <c r="AK108" s="74"/>
-      <c r="AL108" s="81">
+      <c r="AK108" s="13"/>
+      <c r="AL108" s="21">
         <v>40544</v>
       </c>
-      <c r="AM108" s="81">
+      <c r="AM108" s="21">
         <v>2958465</v>
       </c>
-      <c r="AN108" s="75">
+      <c r="AN108" s="15">
         <v>45988</v>
       </c>
-      <c r="AO108" s="73" t="s">
-[...4 lines deleted...]
-      <c r="A109" s="77">
+      <c r="AO108" s="11" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="109" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A109" s="18">
         <v>963</v>
       </c>
-      <c r="B109" s="69" t="s">
+      <c r="B109" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C109" s="78" t="s">
+      <c r="C109" s="19" t="s">
         <v>392</v>
       </c>
-      <c r="D109" s="78" t="s">
+      <c r="D109" s="19" t="s">
         <v>393</v>
       </c>
-      <c r="E109" s="79"/>
-[...36 lines deleted...]
-      <c r="AH109" s="73" t="s">
+      <c r="E109" s="16"/>
+      <c r="F109" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="G109" s="10"/>
+      <c r="H109" s="10"/>
+      <c r="I109" s="10"/>
+      <c r="J109" s="20"/>
+      <c r="K109" s="20"/>
+      <c r="L109" s="20"/>
+      <c r="M109" s="20"/>
+      <c r="N109" s="20"/>
+      <c r="O109" s="20"/>
+      <c r="P109" s="20"/>
+      <c r="Q109" s="20"/>
+      <c r="R109" s="20"/>
+      <c r="S109" s="20"/>
+      <c r="T109" s="20"/>
+      <c r="U109" s="20"/>
+      <c r="V109" s="20" t="s">
+        <v>42</v>
+      </c>
+      <c r="W109" s="20"/>
+      <c r="X109" s="20"/>
+      <c r="Y109" s="20"/>
+      <c r="Z109" s="20"/>
+      <c r="AA109" s="20"/>
+      <c r="AB109" s="20"/>
+      <c r="AC109" s="20"/>
+      <c r="AD109" s="20"/>
+      <c r="AE109" s="20"/>
+      <c r="AF109" s="20" t="s">
+        <v>42</v>
+      </c>
+      <c r="AG109" s="11" t="s">
+        <v>568</v>
+      </c>
+      <c r="AH109" s="11" t="s">
         <v>62</v>
       </c>
-      <c r="AI109" s="74"/>
+      <c r="AI109" s="13"/>
       <c r="AJ109" s="12" t="str">
         <f t="shared" si="1"/>
         <v>Link</v>
       </c>
-      <c r="AK109" s="74"/>
-      <c r="AL109" s="81">
+      <c r="AK109" s="13"/>
+      <c r="AL109" s="21">
         <v>40544</v>
       </c>
-      <c r="AM109" s="81">
+      <c r="AM109" s="21">
         <v>2958465</v>
       </c>
-      <c r="AN109" s="75">
+      <c r="AN109" s="15">
         <v>45988</v>
       </c>
-      <c r="AO109" s="73" t="s">
-[...4 lines deleted...]
-      <c r="A110" s="77">
+      <c r="AO109" s="11" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="110" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A110" s="18">
         <v>964</v>
       </c>
-      <c r="B110" s="69" t="s">
+      <c r="B110" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C110" s="78" t="s">
+      <c r="C110" s="19" t="s">
         <v>394</v>
       </c>
-      <c r="D110" s="78" t="s">
+      <c r="D110" s="19" t="s">
         <v>395</v>
       </c>
-      <c r="E110" s="79"/>
-[...36 lines deleted...]
-      <c r="AH110" s="73" t="s">
+      <c r="E110" s="16"/>
+      <c r="F110" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="G110" s="10"/>
+      <c r="H110" s="10"/>
+      <c r="I110" s="10"/>
+      <c r="J110" s="20"/>
+      <c r="K110" s="20"/>
+      <c r="L110" s="20"/>
+      <c r="M110" s="20"/>
+      <c r="N110" s="20"/>
+      <c r="O110" s="20"/>
+      <c r="P110" s="20"/>
+      <c r="Q110" s="20" t="s">
+        <v>42</v>
+      </c>
+      <c r="R110" s="20"/>
+      <c r="S110" s="20"/>
+      <c r="T110" s="20"/>
+      <c r="U110" s="20"/>
+      <c r="V110" s="20"/>
+      <c r="W110" s="20"/>
+      <c r="X110" s="20"/>
+      <c r="Y110" s="20"/>
+      <c r="Z110" s="20"/>
+      <c r="AA110" s="20"/>
+      <c r="AB110" s="20"/>
+      <c r="AC110" s="20"/>
+      <c r="AD110" s="20"/>
+      <c r="AE110" s="20"/>
+      <c r="AF110" s="20" t="s">
+        <v>42</v>
+      </c>
+      <c r="AG110" s="11" t="s">
+        <v>567</v>
+      </c>
+      <c r="AH110" s="11" t="s">
         <v>62</v>
       </c>
-      <c r="AI110" s="74"/>
+      <c r="AI110" s="13"/>
       <c r="AJ110" s="12" t="str">
         <f t="shared" si="1"/>
         <v>Link</v>
       </c>
-      <c r="AK110" s="74"/>
-      <c r="AL110" s="81">
+      <c r="AK110" s="13"/>
+      <c r="AL110" s="21">
         <v>40544</v>
       </c>
-      <c r="AM110" s="81">
+      <c r="AM110" s="21">
         <v>2958465</v>
       </c>
-      <c r="AN110" s="75">
+      <c r="AN110" s="15">
         <v>45988</v>
       </c>
-      <c r="AO110" s="73" t="s">
-[...4 lines deleted...]
-      <c r="A111" s="77">
+      <c r="AO110" s="11" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="111" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A111" s="18">
         <v>965</v>
       </c>
-      <c r="B111" s="69" t="s">
+      <c r="B111" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C111" s="78" t="s">
+      <c r="C111" s="19" t="s">
         <v>396</v>
       </c>
-      <c r="D111" s="78" t="s">
+      <c r="D111" s="19" t="s">
         <v>397</v>
       </c>
-      <c r="E111" s="79"/>
-[...36 lines deleted...]
-      <c r="AH111" s="73" t="s">
+      <c r="E111" s="16"/>
+      <c r="F111" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="G111" s="10"/>
+      <c r="H111" s="10"/>
+      <c r="I111" s="10"/>
+      <c r="J111" s="20"/>
+      <c r="K111" s="20"/>
+      <c r="L111" s="20"/>
+      <c r="M111" s="20"/>
+      <c r="N111" s="20"/>
+      <c r="O111" s="20"/>
+      <c r="P111" s="20"/>
+      <c r="Q111" s="20"/>
+      <c r="R111" s="20"/>
+      <c r="S111" s="20"/>
+      <c r="T111" s="20"/>
+      <c r="U111" s="20"/>
+      <c r="V111" s="20" t="s">
+        <v>42</v>
+      </c>
+      <c r="W111" s="20"/>
+      <c r="X111" s="20"/>
+      <c r="Y111" s="20"/>
+      <c r="Z111" s="20"/>
+      <c r="AA111" s="20"/>
+      <c r="AB111" s="20"/>
+      <c r="AC111" s="20"/>
+      <c r="AD111" s="20"/>
+      <c r="AE111" s="20"/>
+      <c r="AF111" s="20" t="s">
+        <v>42</v>
+      </c>
+      <c r="AG111" s="11" t="s">
+        <v>568</v>
+      </c>
+      <c r="AH111" s="11" t="s">
         <v>62</v>
       </c>
-      <c r="AI111" s="74"/>
+      <c r="AI111" s="13"/>
       <c r="AJ111" s="12" t="str">
         <f t="shared" si="1"/>
         <v>Link</v>
       </c>
-      <c r="AK111" s="74"/>
-      <c r="AL111" s="81">
+      <c r="AK111" s="13"/>
+      <c r="AL111" s="21">
         <v>40544</v>
       </c>
-      <c r="AM111" s="81">
+      <c r="AM111" s="21">
         <v>2958465</v>
       </c>
-      <c r="AN111" s="75">
+      <c r="AN111" s="15">
         <v>45988</v>
       </c>
-      <c r="AO111" s="73" t="s">
-[...4 lines deleted...]
-      <c r="A112" s="77">
+      <c r="AO111" s="11" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="112" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A112" s="18">
         <v>966</v>
       </c>
-      <c r="B112" s="69" t="s">
+      <c r="B112" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C112" s="78" t="s">
+      <c r="C112" s="19" t="s">
         <v>398</v>
       </c>
-      <c r="D112" s="78" t="s">
+      <c r="D112" s="19" t="s">
         <v>399</v>
       </c>
-      <c r="E112" s="79"/>
-[...36 lines deleted...]
-      <c r="AH112" s="73" t="s">
+      <c r="E112" s="16"/>
+      <c r="F112" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="G112" s="10"/>
+      <c r="H112" s="10"/>
+      <c r="I112" s="10"/>
+      <c r="J112" s="20"/>
+      <c r="K112" s="20"/>
+      <c r="L112" s="20"/>
+      <c r="M112" s="20"/>
+      <c r="N112" s="20"/>
+      <c r="O112" s="20"/>
+      <c r="P112" s="20"/>
+      <c r="Q112" s="20" t="s">
+        <v>42</v>
+      </c>
+      <c r="R112" s="20"/>
+      <c r="S112" s="20"/>
+      <c r="T112" s="20"/>
+      <c r="U112" s="20"/>
+      <c r="V112" s="20"/>
+      <c r="W112" s="20"/>
+      <c r="X112" s="20"/>
+      <c r="Y112" s="20"/>
+      <c r="Z112" s="20"/>
+      <c r="AA112" s="20"/>
+      <c r="AB112" s="20"/>
+      <c r="AC112" s="20"/>
+      <c r="AD112" s="20"/>
+      <c r="AE112" s="20"/>
+      <c r="AF112" s="20" t="s">
+        <v>42</v>
+      </c>
+      <c r="AG112" s="11" t="s">
+        <v>567</v>
+      </c>
+      <c r="AH112" s="11" t="s">
         <v>62</v>
       </c>
       <c r="AI112" s="12"/>
       <c r="AJ112" s="12" t="str">
         <f t="shared" si="1"/>
         <v>Link</v>
       </c>
       <c r="AK112" s="12"/>
-      <c r="AL112" s="81">
+      <c r="AL112" s="21">
         <v>40544</v>
       </c>
-      <c r="AM112" s="81">
+      <c r="AM112" s="21">
         <v>2958465</v>
       </c>
-      <c r="AN112" s="75">
+      <c r="AN112" s="15">
         <v>45988</v>
       </c>
-      <c r="AO112" s="73" t="s">
-[...4 lines deleted...]
-      <c r="A113" s="77">
+      <c r="AO112" s="11" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="113" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A113" s="18">
         <v>967</v>
       </c>
-      <c r="B113" s="69" t="s">
+      <c r="B113" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C113" s="78" t="s">
+      <c r="C113" s="19" t="s">
         <v>400</v>
       </c>
-      <c r="D113" s="78" t="s">
+      <c r="D113" s="19" t="s">
         <v>401</v>
       </c>
-      <c r="E113" s="79"/>
-[...38 lines deleted...]
-      <c r="AH113" s="73" t="s">
+      <c r="E113" s="16"/>
+      <c r="F113" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="G113" s="10"/>
+      <c r="H113" s="10"/>
+      <c r="I113" s="10"/>
+      <c r="J113" s="20"/>
+      <c r="K113" s="20"/>
+      <c r="L113" s="20"/>
+      <c r="M113" s="20"/>
+      <c r="N113" s="20"/>
+      <c r="O113" s="20"/>
+      <c r="P113" s="20"/>
+      <c r="Q113" s="20" t="s">
+        <v>42</v>
+      </c>
+      <c r="R113" s="20"/>
+      <c r="S113" s="20"/>
+      <c r="T113" s="20"/>
+      <c r="U113" s="20"/>
+      <c r="V113" s="20" t="s">
+        <v>42</v>
+      </c>
+      <c r="W113" s="20"/>
+      <c r="X113" s="20"/>
+      <c r="Y113" s="20"/>
+      <c r="Z113" s="20"/>
+      <c r="AA113" s="20"/>
+      <c r="AB113" s="20"/>
+      <c r="AC113" s="20"/>
+      <c r="AD113" s="20"/>
+      <c r="AE113" s="20"/>
+      <c r="AF113" s="20" t="s">
+        <v>42</v>
+      </c>
+      <c r="AG113" s="11" t="s">
+        <v>566</v>
+      </c>
+      <c r="AH113" s="11" t="s">
         <v>62</v>
       </c>
       <c r="AI113" s="12"/>
       <c r="AJ113" s="12" t="str">
         <f t="shared" si="1"/>
         <v>Link</v>
       </c>
       <c r="AK113" s="12"/>
-      <c r="AL113" s="81">
+      <c r="AL113" s="21">
         <v>40544</v>
       </c>
-      <c r="AM113" s="81">
+      <c r="AM113" s="21">
         <v>2958465</v>
       </c>
-      <c r="AN113" s="75">
+      <c r="AN113" s="15">
         <v>45988</v>
       </c>
-      <c r="AO113" s="73" t="s">
-[...4 lines deleted...]
-      <c r="A114" s="77">
+      <c r="AO113" s="11" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="114" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A114" s="18">
         <v>970</v>
       </c>
-      <c r="B114" s="69" t="s">
+      <c r="B114" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C114" s="78" t="s">
+      <c r="C114" s="19" t="s">
         <v>402</v>
       </c>
-      <c r="D114" s="78" t="s">
+      <c r="D114" s="19" t="s">
         <v>403</v>
       </c>
-      <c r="E114" s="79"/>
-[...40 lines deleted...]
-      <c r="AH114" s="73" t="s">
+      <c r="E114" s="16"/>
+      <c r="F114" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="G114" s="10"/>
+      <c r="H114" s="10"/>
+      <c r="I114" s="10"/>
+      <c r="J114" s="20"/>
+      <c r="K114" s="20" t="s">
+        <v>42</v>
+      </c>
+      <c r="L114" s="20"/>
+      <c r="M114" s="20"/>
+      <c r="N114" s="20"/>
+      <c r="O114" s="20"/>
+      <c r="P114" s="20"/>
+      <c r="Q114" s="20" t="s">
+        <v>42</v>
+      </c>
+      <c r="R114" s="20"/>
+      <c r="S114" s="20"/>
+      <c r="T114" s="20"/>
+      <c r="U114" s="20"/>
+      <c r="V114" s="20" t="s">
+        <v>42</v>
+      </c>
+      <c r="W114" s="20"/>
+      <c r="X114" s="20"/>
+      <c r="Y114" s="20"/>
+      <c r="Z114" s="20"/>
+      <c r="AA114" s="20"/>
+      <c r="AB114" s="20"/>
+      <c r="AC114" s="20"/>
+      <c r="AD114" s="20"/>
+      <c r="AE114" s="20"/>
+      <c r="AF114" s="20" t="s">
+        <v>42</v>
+      </c>
+      <c r="AG114" s="11" t="s">
+        <v>548</v>
+      </c>
+      <c r="AH114" s="11" t="s">
         <v>62</v>
       </c>
       <c r="AI114" s="12"/>
       <c r="AJ114" s="12" t="str">
         <f>HYPERLINK("https://www.sasis.ch/edi/referenzdaten-zu-tarifen/","Link")</f>
         <v>Link</v>
       </c>
       <c r="AK114" s="12"/>
-      <c r="AL114" s="81">
+      <c r="AL114" s="21">
         <v>40544</v>
       </c>
-      <c r="AM114" s="81">
+      <c r="AM114" s="21">
         <v>2958465</v>
       </c>
-      <c r="AN114" s="81">
+      <c r="AN114" s="21">
         <v>45782</v>
       </c>
-      <c r="AO114" s="73" t="s">
-[...4 lines deleted...]
-      <c r="A115" s="77" t="s">
+      <c r="AO114" s="11" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="115" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A115" s="18" t="s">
         <v>473</v>
       </c>
-      <c r="B115" s="69" t="s">
+      <c r="B115" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C115" s="78" t="s">
+      <c r="C115" s="19" t="s">
         <v>474</v>
       </c>
-      <c r="D115" s="78" t="s">
+      <c r="D115" s="19" t="s">
         <v>501</v>
       </c>
-      <c r="E115" s="79"/>
-[...35 lines deleted...]
-      <c r="AG115" s="83" t="s">
+      <c r="E115" s="16"/>
+      <c r="F115" s="10"/>
+      <c r="G115" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="H115" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="I115" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="J115" s="20"/>
+      <c r="K115" s="20"/>
+      <c r="L115" s="20"/>
+      <c r="M115" s="20"/>
+      <c r="N115" s="20"/>
+      <c r="O115" s="20"/>
+      <c r="P115" s="20"/>
+      <c r="Q115" s="20"/>
+      <c r="R115" s="20"/>
+      <c r="S115" s="20"/>
+      <c r="T115" s="20"/>
+      <c r="U115" s="20"/>
+      <c r="V115" s="20"/>
+      <c r="W115" s="20"/>
+      <c r="X115" s="20"/>
+      <c r="Y115" s="20"/>
+      <c r="Z115" s="20"/>
+      <c r="AA115" s="20"/>
+      <c r="AB115" s="20"/>
+      <c r="AC115" s="20"/>
+      <c r="AD115" s="20"/>
+      <c r="AE115" s="20"/>
+      <c r="AF115" s="20" t="s">
+        <v>42</v>
+      </c>
+      <c r="AG115" s="17" t="s">
         <v>151</v>
       </c>
-      <c r="AH115" s="83" t="s">
+      <c r="AH115" s="17" t="s">
         <v>48</v>
       </c>
       <c r="AI115" s="12"/>
-      <c r="AJ115" s="74"/>
+      <c r="AJ115" s="13"/>
       <c r="AK115" s="12"/>
-      <c r="AL115" s="81">
+      <c r="AL115" s="21">
         <v>44251</v>
       </c>
-      <c r="AM115" s="81">
+      <c r="AM115" s="21">
         <v>2958465</v>
       </c>
-      <c r="AN115" s="81">
+      <c r="AN115" s="21">
         <v>44228</v>
       </c>
-      <c r="AO115" s="76"/>
-[...2 lines deleted...]
-      <c r="A116" s="77" t="s">
+      <c r="AO115" s="68"/>
+    </row>
+    <row r="116" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A116" s="18" t="s">
         <v>404</v>
       </c>
-      <c r="B116" s="69" t="s">
+      <c r="B116" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C116" s="78" t="s">
+      <c r="C116" s="19" t="s">
         <v>405</v>
       </c>
-      <c r="D116" s="78" t="s">
+      <c r="D116" s="19" t="s">
         <v>406</v>
       </c>
-      <c r="E116" s="79"/>
-[...34 lines deleted...]
-      <c r="AD116" s="72"/>
+      <c r="E116" s="16"/>
+      <c r="F116" s="10"/>
+      <c r="G116" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="H116" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="I116" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="J116" s="20"/>
+      <c r="K116" s="20"/>
+      <c r="L116" s="20"/>
+      <c r="M116" s="20"/>
+      <c r="N116" s="20"/>
+      <c r="O116" s="20"/>
+      <c r="P116" s="20"/>
+      <c r="Q116" s="20"/>
+      <c r="R116" s="10"/>
+      <c r="S116" s="10"/>
+      <c r="T116" s="10"/>
+      <c r="U116" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="V116" s="10"/>
+      <c r="W116" s="10"/>
+      <c r="X116" s="10"/>
+      <c r="Y116" s="10"/>
+      <c r="Z116" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="AA116" s="10"/>
+      <c r="AB116" s="10"/>
+      <c r="AC116" s="10"/>
+      <c r="AD116" s="10"/>
       <c r="AE116" s="12"/>
-      <c r="AF116" s="72"/>
-      <c r="AG116" s="73" t="s">
+      <c r="AF116" s="10"/>
+      <c r="AG116" s="11" t="s">
         <v>142</v>
       </c>
-      <c r="AH116" s="73" t="s">
+      <c r="AH116" s="11" t="s">
         <v>48</v>
       </c>
       <c r="AI116" s="12"/>
       <c r="AJ116" s="12"/>
       <c r="AK116" s="12" t="str">
         <f>HYPERLINK("https://www.mtk-ctm.ch/de/tarife/handelsware/","Link")</f>
         <v>Link</v>
       </c>
-      <c r="AL116" s="81">
+      <c r="AL116" s="21">
         <v>43466</v>
       </c>
-      <c r="AM116" s="81">
+      <c r="AM116" s="21">
         <v>2958465</v>
       </c>
-      <c r="AN116" s="75">
+      <c r="AN116" s="15">
         <v>43899</v>
       </c>
-      <c r="AO116" s="76"/>
-[...31 lines deleted...]
-      <c r="AD117" s="102"/>
+      <c r="AO116" s="68"/>
+    </row>
+    <row r="117" spans="1:41" x14ac:dyDescent="0.3">
       <c r="AE117" s="31"/>
-      <c r="AF117" s="102"/>
-[...40 lines deleted...]
-      <c r="AD118" s="102"/>
+    </row>
+    <row r="118" spans="1:41" x14ac:dyDescent="0.3">
       <c r="AE118" s="31"/>
-      <c r="AF118" s="102"/>
-[...40 lines deleted...]
-      <c r="AD119" s="102"/>
+    </row>
+    <row r="119" spans="1:41" x14ac:dyDescent="0.3">
       <c r="AE119" s="31"/>
-      <c r="AF119" s="102"/>
-[...40 lines deleted...]
-      <c r="AD120" s="102"/>
+    </row>
+    <row r="120" spans="1:41" x14ac:dyDescent="0.3">
+      <c r="C120" s="32"/>
       <c r="AE120" s="31"/>
-      <c r="AF120" s="102"/>
-[...40 lines deleted...]
-      <c r="AD121" s="102"/>
+    </row>
+    <row r="121" spans="1:41" x14ac:dyDescent="0.3">
+      <c r="C121" s="32"/>
       <c r="AE121" s="31"/>
-      <c r="AF121" s="102"/>
-[...40 lines deleted...]
-      <c r="AD122" s="102"/>
+    </row>
+    <row r="122" spans="1:41" x14ac:dyDescent="0.3">
+      <c r="C122" s="32"/>
       <c r="AE122" s="31"/>
-      <c r="AF122" s="102"/>
-[...94 lines deleted...]
-      <c r="AO124" s="102"/>
+      <c r="AL122" s="3"/>
+    </row>
+    <row r="123" spans="1:41" x14ac:dyDescent="0.3">
+      <c r="AL123" s="3"/>
+    </row>
+    <row r="124" spans="1:41" x14ac:dyDescent="0.3">
+      <c r="AI124" s="3"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:AO116" xr:uid="{7567550B-0710-4F95-90FF-2BE4554D4532}"/>
   <mergeCells count="36">
-    <mergeCell ref="K2:K3"/>
-[...4 lines deleted...]
-    <mergeCell ref="F2:J2"/>
+    <mergeCell ref="AK2:AK3"/>
+    <mergeCell ref="AL2:AL3"/>
+    <mergeCell ref="AM2:AM3"/>
+    <mergeCell ref="AN2:AN3"/>
+    <mergeCell ref="AO2:AO3"/>
+    <mergeCell ref="AJ2:AJ3"/>
+    <mergeCell ref="Y2:Y3"/>
+    <mergeCell ref="Z2:Z3"/>
+    <mergeCell ref="AA2:AA3"/>
+    <mergeCell ref="AB2:AB3"/>
+    <mergeCell ref="AC2:AC3"/>
+    <mergeCell ref="AD2:AD3"/>
+    <mergeCell ref="AE2:AE3"/>
+    <mergeCell ref="AF2:AF3"/>
+    <mergeCell ref="AG2:AG3"/>
+    <mergeCell ref="AH2:AH3"/>
+    <mergeCell ref="AI2:AI3"/>
     <mergeCell ref="X2:X3"/>
     <mergeCell ref="L2:L3"/>
     <mergeCell ref="M2:M3"/>
     <mergeCell ref="N2:N3"/>
     <mergeCell ref="O2:O3"/>
     <mergeCell ref="P2:P3"/>
     <mergeCell ref="Q2:Q3"/>
     <mergeCell ref="R2:R3"/>
     <mergeCell ref="S2:S3"/>
     <mergeCell ref="T2:T3"/>
     <mergeCell ref="U2:U3"/>
     <mergeCell ref="W2:W3"/>
     <mergeCell ref="V2:V3"/>
-    <mergeCell ref="AJ2:AJ3"/>
-[...15 lines deleted...]
-    <mergeCell ref="AO2:AO3"/>
+    <mergeCell ref="K2:K3"/>
+    <mergeCell ref="A2:A3"/>
+    <mergeCell ref="B2:B3"/>
+    <mergeCell ref="C2:C3"/>
+    <mergeCell ref="D2:D3"/>
+    <mergeCell ref="F2:J2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="AJ17" r:id="rId1" display="https://www.suva.ch/de-ch/download/weitere-artikel/tarifvertrag-arbeitsmedizinische-vorsorge/tarifvertrag-arbeitsmedizinische-vorsorge" xr:uid="{25B1F283-B0CB-4EA1-B295-8F4BF7957AFC}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="23" orientation="portrait" r:id="rId2"/>
   <customProperties>
     <customPr name="_pios_id" r:id="rId3"/>
   </customProperties>
   <ignoredErrors>
     <ignoredError sqref="A5:A107 A109:A116" numberStoredAsText="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{88D9E8F6-531B-43D1-B512-6C88EE4746E7}">
   <dimension ref="A1:F30"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="H26" sqref="H26"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="9.09765625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="11.42578125" customWidth="1"/>
-    <col min="2" max="2" width="15.85546875" customWidth="1"/>
+    <col min="1" max="1" width="11.3984375" customWidth="1"/>
+    <col min="2" max="2" width="15.8984375" customWidth="1"/>
     <col min="3" max="3" width="48" customWidth="1"/>
-    <col min="4" max="4" width="13.140625" customWidth="1"/>
+    <col min="4" max="4" width="13.09765625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" ht="23.25" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:6" ht="23.05" x14ac:dyDescent="0.3">
       <c r="A1" s="49" t="s">
         <v>471</v>
       </c>
       <c r="B1" s="50"/>
       <c r="C1" s="50"/>
       <c r="D1" s="59" t="s">
-        <v>526</v>
+        <v>525</v>
       </c>
       <c r="E1" s="51"/>
       <c r="F1" s="51"/>
     </row>
-    <row r="2" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A2" s="150" t="s">
+    <row r="2" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A2" s="123" t="s">
         <v>472</v>
       </c>
-      <c r="B2" s="152" t="s">
+      <c r="B2" s="125" t="s">
         <v>411</v>
       </c>
-      <c r="C2" s="152" t="s">
+      <c r="C2" s="125" t="s">
         <v>412</v>
       </c>
-      <c r="D2" s="148" t="s">
+      <c r="D2" s="121" t="s">
         <v>30</v>
       </c>
-      <c r="E2" s="148" t="s">
+      <c r="E2" s="121" t="s">
         <v>31</v>
       </c>
-      <c r="F2" s="148" t="s">
+      <c r="F2" s="121" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="3" spans="1:6" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-    <row r="4" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A3" s="124"/>
+      <c r="B3" s="122"/>
+      <c r="C3" s="122"/>
+      <c r="D3" s="122"/>
+      <c r="E3" s="122"/>
+      <c r="F3" s="122"/>
+    </row>
+    <row r="4" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A4" s="52" t="s">
         <v>413</v>
       </c>
       <c r="B4" s="51" t="s">
         <v>414</v>
       </c>
       <c r="C4" s="51" t="s">
         <v>415</v>
       </c>
       <c r="D4" s="21">
         <v>39448</v>
       </c>
       <c r="E4" s="21">
         <v>2958465</v>
       </c>
       <c r="F4" s="21">
         <v>43789</v>
       </c>
     </row>
-    <row r="5" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A5" s="52" t="s">
         <v>416</v>
       </c>
       <c r="B5" s="51" t="s">
         <v>414</v>
       </c>
       <c r="C5" s="51" t="s">
         <v>415</v>
       </c>
       <c r="D5" s="21">
         <v>39448</v>
       </c>
       <c r="E5" s="21">
         <v>2958465</v>
       </c>
       <c r="F5" s="21">
         <v>43789</v>
       </c>
     </row>
-    <row r="6" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A6" s="52" t="s">
         <v>417</v>
       </c>
       <c r="B6" s="51" t="s">
         <v>418</v>
       </c>
       <c r="C6" s="51" t="s">
         <v>419</v>
       </c>
       <c r="D6" s="21">
         <v>39814</v>
       </c>
       <c r="E6" s="21">
         <v>2958465</v>
       </c>
       <c r="F6" s="21">
         <v>43789</v>
       </c>
     </row>
-    <row r="7" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A7" s="52" t="s">
         <v>420</v>
       </c>
       <c r="B7" s="51" t="s">
         <v>421</v>
       </c>
       <c r="C7" s="51" t="s">
         <v>422</v>
       </c>
       <c r="D7" s="21">
         <v>40267</v>
       </c>
       <c r="E7" s="21">
         <v>2958465</v>
       </c>
       <c r="F7" s="21">
         <v>43789</v>
       </c>
     </row>
-    <row r="8" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A8" s="53" t="s">
         <v>423</v>
       </c>
       <c r="B8" s="51" t="s">
         <v>424</v>
       </c>
       <c r="C8" s="51" t="s">
         <v>425</v>
       </c>
       <c r="D8" s="21">
         <v>40360</v>
       </c>
       <c r="E8" s="21">
         <v>2958465</v>
       </c>
       <c r="F8" s="21">
         <v>43789</v>
       </c>
     </row>
-    <row r="9" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A9" s="54" t="s">
         <v>426</v>
       </c>
       <c r="B9" s="51" t="s">
         <v>427</v>
       </c>
       <c r="C9" s="51" t="s">
         <v>428</v>
       </c>
       <c r="D9" s="21">
         <v>40725</v>
       </c>
       <c r="E9" s="21">
         <v>2958465</v>
       </c>
       <c r="F9" s="21">
         <v>43789</v>
       </c>
     </row>
-    <row r="10" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A10" s="54" t="s">
         <v>429</v>
       </c>
       <c r="B10" s="54" t="s">
         <v>430</v>
       </c>
       <c r="C10" s="54" t="s">
         <v>431</v>
       </c>
       <c r="D10" s="21">
         <v>39814</v>
       </c>
       <c r="E10" s="21">
         <v>2958465</v>
       </c>
       <c r="F10" s="21">
         <v>43789</v>
       </c>
     </row>
-    <row r="11" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A11" s="52" t="s">
         <v>432</v>
       </c>
       <c r="B11" s="51" t="s">
         <v>433</v>
       </c>
       <c r="C11" s="51" t="s">
         <v>434</v>
       </c>
       <c r="D11" s="21">
         <v>40909</v>
       </c>
       <c r="E11" s="21">
         <v>2958465</v>
       </c>
       <c r="F11" s="21">
         <v>43789</v>
       </c>
     </row>
-    <row r="12" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A12" s="52" t="s">
         <v>435</v>
       </c>
       <c r="B12" s="51" t="s">
         <v>436</v>
       </c>
       <c r="C12" s="51" t="s">
         <v>437</v>
       </c>
       <c r="D12" s="21">
         <v>40909</v>
       </c>
       <c r="E12" s="21">
         <v>2958465</v>
       </c>
       <c r="F12" s="21">
         <v>43789</v>
       </c>
     </row>
-    <row r="13" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A13" s="52" t="s">
         <v>438</v>
       </c>
       <c r="B13" s="51" t="s">
         <v>439</v>
       </c>
       <c r="C13" s="51" t="s">
         <v>440</v>
       </c>
       <c r="D13" s="21">
         <v>42370</v>
       </c>
       <c r="E13" s="21">
         <v>2958465</v>
       </c>
       <c r="F13" s="21">
         <v>43789</v>
       </c>
     </row>
-    <row r="14" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A14" s="52" t="s">
         <v>441</v>
       </c>
       <c r="B14" s="51" t="s">
         <v>442</v>
       </c>
       <c r="C14" s="51" t="s">
         <v>443</v>
       </c>
       <c r="D14" s="21">
         <v>42370</v>
       </c>
       <c r="E14" s="21">
         <v>2958465</v>
       </c>
       <c r="F14" s="21">
         <v>43789</v>
       </c>
     </row>
-    <row r="15" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A15" s="53" t="s">
         <v>444</v>
       </c>
       <c r="B15" s="51" t="s">
         <v>445</v>
       </c>
       <c r="C15" s="51" t="s">
         <v>446</v>
       </c>
       <c r="D15" s="21">
         <v>42370</v>
       </c>
       <c r="E15" s="21">
         <v>2958465</v>
       </c>
       <c r="F15" s="21">
         <v>43789</v>
       </c>
     </row>
-    <row r="16" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A16" s="53" t="s">
         <v>447</v>
       </c>
       <c r="B16" s="51" t="s">
         <v>448</v>
       </c>
       <c r="C16" s="51" t="s">
         <v>449</v>
       </c>
       <c r="D16" s="21">
         <v>42370</v>
       </c>
       <c r="E16" s="21">
         <v>2958465</v>
       </c>
       <c r="F16" s="21">
         <v>43789</v>
       </c>
     </row>
-    <row r="17" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A17" s="53" t="s">
         <v>450</v>
       </c>
       <c r="B17" s="51" t="s">
         <v>451</v>
       </c>
       <c r="C17" s="51" t="s">
         <v>452</v>
       </c>
       <c r="D17" s="21">
         <v>42926</v>
       </c>
       <c r="E17" s="21">
         <v>2958465</v>
       </c>
       <c r="F17" s="21">
         <v>43789</v>
       </c>
     </row>
-    <row r="18" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A18" s="53" t="s">
         <v>453</v>
       </c>
       <c r="B18" s="51" t="s">
         <v>454</v>
       </c>
       <c r="C18" s="51" t="s">
         <v>455</v>
       </c>
       <c r="D18" s="21">
         <v>42926</v>
       </c>
       <c r="E18" s="21">
         <v>2958465</v>
       </c>
       <c r="F18" s="21">
         <v>43789</v>
       </c>
     </row>
-    <row r="19" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A19" s="53" t="s">
         <v>456</v>
       </c>
       <c r="B19" s="51" t="s">
         <v>457</v>
       </c>
       <c r="C19" s="51" t="s">
         <v>458</v>
       </c>
       <c r="D19" s="21">
         <v>43466</v>
       </c>
       <c r="E19" s="21">
         <v>2958465</v>
       </c>
       <c r="F19" s="21">
         <v>43789</v>
       </c>
     </row>
-    <row r="20" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A20" s="53" t="s">
         <v>459</v>
       </c>
       <c r="B20" s="51" t="s">
         <v>460</v>
       </c>
       <c r="C20" s="51" t="s">
         <v>461</v>
       </c>
       <c r="D20" s="21">
         <v>43831</v>
       </c>
       <c r="E20" s="21">
         <v>2958465</v>
       </c>
       <c r="F20" s="21">
         <v>43850</v>
       </c>
     </row>
-    <row r="21" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A21" s="53" t="s">
         <v>477</v>
       </c>
       <c r="B21" s="51" t="s">
         <v>475</v>
       </c>
       <c r="C21" s="51" t="s">
         <v>476</v>
       </c>
       <c r="D21" s="21">
         <v>44287</v>
       </c>
       <c r="E21" s="21">
         <v>2958465</v>
       </c>
       <c r="F21" s="21">
         <v>44272</v>
       </c>
     </row>
-    <row r="22" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A22" s="53" t="s">
         <v>491</v>
       </c>
       <c r="B22" s="51" t="s">
         <v>492</v>
       </c>
       <c r="C22" s="51" t="s">
         <v>493</v>
       </c>
       <c r="D22" s="21">
         <v>44197</v>
       </c>
       <c r="E22" s="21">
         <v>2958465</v>
       </c>
       <c r="F22" s="21">
         <v>44482</v>
       </c>
     </row>
-    <row r="23" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A23" s="60" t="s">
-        <v>525</v>
+        <v>524</v>
       </c>
       <c r="B23" s="59" t="s">
+        <v>522</v>
+      </c>
+      <c r="C23" s="59" t="s">
         <v>523</v>
-      </c>
-[...1 lines deleted...]
-        <v>524</v>
       </c>
       <c r="D23" s="66">
         <v>45292</v>
       </c>
       <c r="E23" s="66">
         <v>2958465</v>
       </c>
       <c r="F23" s="66">
         <v>45475</v>
       </c>
     </row>
-    <row r="24" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A24" s="53" t="s">
+        <v>519</v>
+      </c>
+      <c r="B24" s="51" t="s">
         <v>520</v>
       </c>
-      <c r="B24" s="51" t="s">
+      <c r="C24" s="51" t="s">
         <v>521</v>
-      </c>
-[...1 lines deleted...]
-        <v>522</v>
       </c>
       <c r="D24" s="21">
         <v>45292</v>
       </c>
       <c r="E24" s="21">
         <v>2958465</v>
       </c>
       <c r="F24" s="21">
         <v>45449</v>
       </c>
     </row>
-    <row r="25" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A25" s="53" t="s">
         <v>322</v>
       </c>
       <c r="B25" s="51" t="s">
         <v>64</v>
       </c>
       <c r="C25" s="51" t="s">
         <v>323</v>
       </c>
       <c r="D25" s="21"/>
       <c r="E25" s="21"/>
       <c r="F25" s="21"/>
     </row>
-    <row r="26" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A26" s="53" t="s">
         <v>316</v>
       </c>
       <c r="B26" s="51" t="s">
         <v>40</v>
       </c>
       <c r="C26" s="51" t="s">
         <v>317</v>
       </c>
       <c r="D26" s="21">
         <v>43831</v>
       </c>
       <c r="E26" s="21">
         <v>2958465</v>
       </c>
       <c r="F26" s="21">
         <v>43789</v>
       </c>
     </row>
-    <row r="27" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A27" s="53" t="s">
         <v>318</v>
       </c>
       <c r="B27" s="51" t="s">
         <v>40</v>
       </c>
       <c r="C27" s="51" t="s">
         <v>319</v>
       </c>
       <c r="D27" s="21">
         <v>43831</v>
       </c>
       <c r="E27" s="21">
         <v>2958465</v>
       </c>
       <c r="F27" s="21">
         <v>43789</v>
       </c>
     </row>
-    <row r="28" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A28" s="53" t="s">
         <v>320</v>
       </c>
       <c r="B28" s="51" t="s">
         <v>40</v>
       </c>
       <c r="C28" s="51" t="s">
         <v>321</v>
       </c>
       <c r="D28" s="21">
         <v>43831</v>
       </c>
       <c r="E28" s="21">
         <v>2958465</v>
       </c>
       <c r="F28" s="21">
         <v>43789</v>
       </c>
     </row>
-    <row r="29" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A29" s="53" t="s">
         <v>468</v>
       </c>
       <c r="B29" s="51" t="s">
         <v>40</v>
       </c>
       <c r="C29" s="51" t="s">
         <v>469</v>
       </c>
       <c r="D29" s="21">
         <v>44197</v>
       </c>
       <c r="E29" s="21">
         <v>2958465</v>
       </c>
       <c r="F29" s="21">
         <v>43789</v>
       </c>
     </row>
-    <row r="30" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A30" s="53">
         <v>744</v>
       </c>
       <c r="B30" s="51" t="s">
         <v>40</v>
       </c>
       <c r="C30" s="51" t="s">
-        <v>507</v>
+        <v>506</v>
       </c>
       <c r="D30" s="21">
         <v>44927</v>
       </c>
       <c r="E30" s="21">
         <v>2958465</v>
       </c>
       <c r="F30" s="21">
         <v>45168</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="F2:F3"/>
     <mergeCell ref="A2:A3"/>
     <mergeCell ref="B2:B3"/>
     <mergeCell ref="C2:C3"/>
     <mergeCell ref="D2:D3"/>
     <mergeCell ref="E2:E3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <customProperties>
     <customPr name="_pios_id" r:id="rId2"/>
   </customProperties>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{805FD9BD-C12E-4DA4-9F3A-2282F75E6E47}">
-  <dimension ref="A1:CD44"/>
+  <dimension ref="A1:CD45"/>
   <sheetViews>
-    <sheetView topLeftCell="F1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="AN14" sqref="AN14"/>
+      <selection pane="bottomLeft" activeCell="C2" sqref="C2:C3"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="15" outlineLevelCol="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="9.09765625" defaultRowHeight="14.4" outlineLevelCol="1" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="5.5703125" style="1" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="9.42578125" style="2" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="5.59765625" style="1" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="9.3984375" style="2" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="93" style="3" customWidth="1"/>
     <col min="4" max="4" width="122" style="2" hidden="1" customWidth="1" outlineLevel="1"/>
-    <col min="5" max="5" width="24.140625" style="3" hidden="1" customWidth="1" outlineLevel="1"/>
-[...2 lines deleted...]
-    <col min="8" max="8" width="4.85546875" style="2" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="24.09765625" style="3" hidden="1" customWidth="1" outlineLevel="1"/>
+    <col min="6" max="6" width="5.59765625" style="2" bestFit="1" customWidth="1" collapsed="1"/>
+    <col min="7" max="7" width="5.59765625" style="2" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="4.8984375" style="2" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="6" style="2" bestFit="1" customWidth="1"/>
-    <col min="10" max="10" width="5.5703125" style="2" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="5.59765625" style="2" bestFit="1" customWidth="1"/>
     <col min="11" max="22" width="3" style="2" customWidth="1"/>
     <col min="23" max="28" width="3" style="2" customWidth="1" outlineLevel="1"/>
     <col min="29" max="32" width="3" style="2" customWidth="1"/>
-    <col min="33" max="33" width="29.42578125" style="4" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="41" max="41" width="54.42578125" style="2" customWidth="1"/>
+    <col min="33" max="33" width="29.3984375" style="4" customWidth="1"/>
+    <col min="34" max="34" width="31.3984375" style="5" customWidth="1"/>
+    <col min="35" max="35" width="18.59765625" style="2" customWidth="1"/>
+    <col min="36" max="36" width="18.8984375" style="3" customWidth="1"/>
+    <col min="37" max="37" width="18.59765625" style="3" customWidth="1"/>
+    <col min="38" max="38" width="11.3984375" style="2" bestFit="1" customWidth="1"/>
+    <col min="39" max="40" width="11.59765625" style="2" bestFit="1" customWidth="1"/>
+    <col min="41" max="41" width="54.3984375" style="2" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:41" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:41" x14ac:dyDescent="0.3">
       <c r="C1" s="55" t="s">
-        <v>506</v>
-[...3 lines deleted...]
-      <c r="A2" s="138" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="2" spans="1:41" ht="21.05" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="105" t="s">
         <v>470</v>
       </c>
-      <c r="B2" s="140" t="s">
+      <c r="B2" s="107" t="s">
         <v>0</v>
       </c>
-      <c r="C2" s="142" t="s">
+      <c r="C2" s="109" t="s">
         <v>1</v>
       </c>
-      <c r="D2" s="144" t="s">
+      <c r="D2" s="111" t="s">
         <v>1</v>
       </c>
       <c r="E2" s="33" t="s">
         <v>2</v>
       </c>
-      <c r="F2" s="145" t="s">
+      <c r="F2" s="112" t="s">
         <v>3</v>
       </c>
-      <c r="G2" s="146"/>
-[...3 lines deleted...]
-      <c r="K2" s="136" t="s">
+      <c r="G2" s="113"/>
+      <c r="H2" s="113"/>
+      <c r="I2" s="113"/>
+      <c r="J2" s="114"/>
+      <c r="K2" s="103" t="s">
         <v>4</v>
       </c>
-      <c r="L2" s="136" t="s">
+      <c r="L2" s="103" t="s">
         <v>5</v>
       </c>
-      <c r="M2" s="136" t="s">
+      <c r="M2" s="103" t="s">
         <v>6</v>
       </c>
-      <c r="N2" s="136" t="s">
+      <c r="N2" s="103" t="s">
         <v>7</v>
       </c>
-      <c r="O2" s="136" t="s">
+      <c r="O2" s="103" t="s">
         <v>8</v>
       </c>
-      <c r="P2" s="136" t="s">
+      <c r="P2" s="103" t="s">
         <v>9</v>
       </c>
-      <c r="Q2" s="136" t="s">
+      <c r="Q2" s="103" t="s">
         <v>10</v>
       </c>
-      <c r="R2" s="136" t="s">
+      <c r="R2" s="103" t="s">
         <v>11</v>
       </c>
-      <c r="S2" s="136" t="s">
+      <c r="S2" s="103" t="s">
         <v>12</v>
       </c>
-      <c r="T2" s="136" t="s">
+      <c r="T2" s="103" t="s">
         <v>13</v>
       </c>
-      <c r="U2" s="136" t="s">
+      <c r="U2" s="103" t="s">
         <v>14</v>
       </c>
-      <c r="V2" s="136" t="s">
+      <c r="V2" s="103" t="s">
         <v>499</v>
       </c>
-      <c r="W2" s="136" t="s">
+      <c r="W2" s="103" t="s">
         <v>15</v>
       </c>
-      <c r="X2" s="136" t="s">
+      <c r="X2" s="103" t="s">
         <v>16</v>
       </c>
-      <c r="Y2" s="136" t="s">
+      <c r="Y2" s="103" t="s">
         <v>17</v>
       </c>
-      <c r="Z2" s="136" t="s">
+      <c r="Z2" s="103" t="s">
         <v>18</v>
       </c>
-      <c r="AA2" s="136" t="s">
+      <c r="AA2" s="103" t="s">
         <v>19</v>
       </c>
-      <c r="AB2" s="136" t="s">
+      <c r="AB2" s="103" t="s">
         <v>20</v>
       </c>
-      <c r="AC2" s="136" t="s">
+      <c r="AC2" s="103" t="s">
         <v>21</v>
       </c>
-      <c r="AD2" s="136" t="s">
+      <c r="AD2" s="103" t="s">
         <v>22</v>
       </c>
-      <c r="AE2" s="136" t="s">
+      <c r="AE2" s="103" t="s">
         <v>23</v>
       </c>
-      <c r="AF2" s="136" t="s">
+      <c r="AF2" s="103" t="s">
         <v>24</v>
       </c>
-      <c r="AG2" s="130" t="s">
+      <c r="AG2" s="115" t="s">
         <v>25</v>
       </c>
-      <c r="AH2" s="130" t="s">
+      <c r="AH2" s="115" t="s">
         <v>26</v>
       </c>
-      <c r="AI2" s="130" t="s">
+      <c r="AI2" s="115" t="s">
         <v>27</v>
       </c>
-      <c r="AJ2" s="130" t="s">
+      <c r="AJ2" s="115" t="s">
         <v>28</v>
       </c>
-      <c r="AK2" s="130" t="s">
+      <c r="AK2" s="115" t="s">
         <v>29</v>
       </c>
-      <c r="AL2" s="132" t="s">
+      <c r="AL2" s="117" t="s">
         <v>30</v>
       </c>
-      <c r="AM2" s="132" t="s">
+      <c r="AM2" s="117" t="s">
         <v>31</v>
       </c>
-      <c r="AN2" s="132" t="s">
+      <c r="AN2" s="117" t="s">
         <v>462</v>
       </c>
-      <c r="AO2" s="134" t="s">
+      <c r="AO2" s="119" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="3" spans="1:41" ht="93.75" customHeight="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="D3" s="144"/>
+    <row r="3" spans="1:41" ht="93.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="106"/>
+      <c r="B3" s="108"/>
+      <c r="C3" s="110"/>
+      <c r="D3" s="111"/>
       <c r="E3" s="34"/>
       <c r="F3" s="35" t="s">
         <v>34</v>
       </c>
       <c r="G3" s="35" t="s">
         <v>35</v>
       </c>
       <c r="H3" s="35" t="s">
         <v>36</v>
       </c>
       <c r="I3" s="35" t="s">
         <v>37</v>
       </c>
       <c r="J3" s="35" t="s">
         <v>38</v>
       </c>
-      <c r="K3" s="137"/>
-[...31 lines deleted...]
-    <row r="4" spans="1:41" x14ac:dyDescent="0.25">
+      <c r="K3" s="104"/>
+      <c r="L3" s="104"/>
+      <c r="M3" s="104"/>
+      <c r="N3" s="104"/>
+      <c r="O3" s="104"/>
+      <c r="P3" s="104"/>
+      <c r="Q3" s="104"/>
+      <c r="R3" s="104"/>
+      <c r="S3" s="104"/>
+      <c r="T3" s="104"/>
+      <c r="U3" s="104"/>
+      <c r="V3" s="104"/>
+      <c r="W3" s="104"/>
+      <c r="X3" s="104"/>
+      <c r="Y3" s="104"/>
+      <c r="Z3" s="104"/>
+      <c r="AA3" s="104"/>
+      <c r="AB3" s="104"/>
+      <c r="AC3" s="104"/>
+      <c r="AD3" s="104"/>
+      <c r="AE3" s="104"/>
+      <c r="AF3" s="104"/>
+      <c r="AG3" s="116"/>
+      <c r="AH3" s="116"/>
+      <c r="AI3" s="116"/>
+      <c r="AJ3" s="116"/>
+      <c r="AK3" s="116"/>
+      <c r="AL3" s="118"/>
+      <c r="AM3" s="118"/>
+      <c r="AN3" s="118"/>
+      <c r="AO3" s="120"/>
+    </row>
+    <row r="4" spans="1:41" x14ac:dyDescent="0.3">
       <c r="A4" s="36"/>
       <c r="B4" s="37"/>
       <c r="C4" s="40"/>
       <c r="D4" s="41"/>
       <c r="E4" s="42"/>
       <c r="F4" s="39"/>
       <c r="G4" s="38"/>
       <c r="H4" s="38"/>
       <c r="I4" s="38"/>
       <c r="J4" s="38"/>
       <c r="K4" s="39"/>
       <c r="L4" s="38"/>
       <c r="M4" s="38"/>
       <c r="N4" s="38"/>
       <c r="O4" s="38"/>
       <c r="P4" s="38"/>
       <c r="Q4" s="38"/>
       <c r="R4" s="38"/>
       <c r="S4" s="38"/>
       <c r="T4" s="38"/>
       <c r="U4" s="39"/>
       <c r="V4" s="48"/>
       <c r="W4" s="48"/>
       <c r="X4" s="38"/>
       <c r="Y4" s="38"/>
       <c r="Z4" s="39"/>
       <c r="AA4" s="39"/>
       <c r="AB4" s="48"/>
       <c r="AC4" s="38"/>
       <c r="AD4" s="39"/>
       <c r="AE4" s="39"/>
       <c r="AF4" s="39"/>
       <c r="AG4" s="41"/>
       <c r="AH4" s="41"/>
       <c r="AI4" s="41"/>
       <c r="AJ4" s="43"/>
       <c r="AK4" s="44"/>
       <c r="AL4" s="45"/>
       <c r="AM4" s="46"/>
       <c r="AN4" s="45"/>
       <c r="AO4" s="47"/>
     </row>
-    <row r="5" spans="1:41" s="58" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:41" s="58" customFormat="1" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="18" t="s">
         <v>49</v>
       </c>
       <c r="B5" s="7" t="s">
         <v>44</v>
       </c>
       <c r="C5" s="19" t="s">
         <v>50</v>
       </c>
       <c r="D5" s="19" t="s">
         <v>51</v>
       </c>
       <c r="E5" s="16"/>
       <c r="F5" s="10"/>
       <c r="G5" s="10" t="s">
         <v>42</v>
       </c>
       <c r="H5" s="10" t="s">
         <v>42</v>
       </c>
       <c r="I5" s="10" t="s">
         <v>42</v>
       </c>
       <c r="J5" s="20"/>
       <c r="K5" s="20" t="s">
@@ -13039,51 +12684,51 @@
       <c r="AB5" s="20"/>
       <c r="AC5" s="20"/>
       <c r="AD5" s="20"/>
       <c r="AE5" s="20"/>
       <c r="AF5" s="20"/>
       <c r="AG5" s="17" t="s">
         <v>47</v>
       </c>
       <c r="AH5" s="17" t="s">
         <v>48</v>
       </c>
       <c r="AI5" s="27"/>
       <c r="AJ5" s="27"/>
       <c r="AK5" s="27"/>
       <c r="AL5" s="21">
         <v>43191</v>
       </c>
       <c r="AM5" s="21">
         <v>43312</v>
       </c>
       <c r="AN5" s="21">
         <v>42940</v>
       </c>
       <c r="AO5" s="30"/>
     </row>
-    <row r="6" spans="1:41" s="58" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:41" s="58" customFormat="1" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="18" t="s">
         <v>87</v>
       </c>
       <c r="B6" s="7" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="19" t="s">
         <v>88</v>
       </c>
       <c r="D6" s="19" t="s">
         <v>89</v>
       </c>
       <c r="E6" s="16"/>
       <c r="F6" s="10" t="s">
         <v>42</v>
       </c>
       <c r="G6" s="10"/>
       <c r="H6" s="10"/>
       <c r="I6" s="10"/>
       <c r="J6" s="20"/>
       <c r="K6" s="20" t="s">
         <v>42</v>
       </c>
       <c r="L6" s="20" t="s">
         <v>42</v>
@@ -13106,51 +12751,51 @@
       <c r="AB6" s="20"/>
       <c r="AC6" s="20"/>
       <c r="AD6" s="20"/>
       <c r="AE6" s="20"/>
       <c r="AF6" s="20"/>
       <c r="AG6" s="17" t="s">
         <v>90</v>
       </c>
       <c r="AH6" s="17" t="s">
         <v>90</v>
       </c>
       <c r="AI6" s="27"/>
       <c r="AJ6" s="27"/>
       <c r="AK6" s="27"/>
       <c r="AL6" s="21">
         <v>37257</v>
       </c>
       <c r="AM6" s="21">
         <v>40908</v>
       </c>
       <c r="AN6" s="21">
         <v>42940</v>
       </c>
       <c r="AO6" s="30"/>
     </row>
-    <row r="7" spans="1:41" s="58" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:41" s="58" customFormat="1" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="18" t="s">
         <v>91</v>
       </c>
       <c r="B7" s="7" t="s">
         <v>44</v>
       </c>
       <c r="C7" s="19" t="s">
         <v>88</v>
       </c>
       <c r="D7" s="19" t="s">
         <v>89</v>
       </c>
       <c r="E7" s="16"/>
       <c r="F7" s="10" t="s">
         <v>42</v>
       </c>
       <c r="G7" s="10"/>
       <c r="H7" s="10"/>
       <c r="I7" s="10"/>
       <c r="J7" s="20"/>
       <c r="K7" s="20" t="s">
         <v>42</v>
       </c>
       <c r="L7" s="20" t="s">
         <v>42</v>
@@ -13173,51 +12818,51 @@
       <c r="AB7" s="20"/>
       <c r="AC7" s="20"/>
       <c r="AD7" s="20"/>
       <c r="AE7" s="20"/>
       <c r="AF7" s="20"/>
       <c r="AG7" s="17" t="s">
         <v>90</v>
       </c>
       <c r="AH7" s="17" t="s">
         <v>90</v>
       </c>
       <c r="AI7" s="27"/>
       <c r="AJ7" s="27"/>
       <c r="AK7" s="27"/>
       <c r="AL7" s="21">
         <v>41183</v>
       </c>
       <c r="AM7" s="21">
         <v>43100</v>
       </c>
       <c r="AN7" s="21">
         <v>42940</v>
       </c>
       <c r="AO7" s="30"/>
     </row>
-    <row r="8" spans="1:41" s="58" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:41" s="58" customFormat="1" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="18" t="s">
         <v>99</v>
       </c>
       <c r="B8" s="7" t="s">
         <v>44</v>
       </c>
       <c r="C8" s="19" t="s">
         <v>100</v>
       </c>
       <c r="D8" s="19" t="s">
         <v>101</v>
       </c>
       <c r="E8" s="16"/>
       <c r="F8" s="10"/>
       <c r="G8" s="10"/>
       <c r="H8" s="10"/>
       <c r="I8" s="10"/>
       <c r="J8" s="20"/>
       <c r="K8" s="20"/>
       <c r="L8" s="20"/>
       <c r="M8" s="20"/>
       <c r="N8" s="20"/>
       <c r="O8" s="20"/>
       <c r="P8" s="20"/>
       <c r="Q8" s="20"/>
@@ -13230,51 +12875,51 @@
       <c r="X8" s="20"/>
       <c r="Y8" s="20"/>
       <c r="Z8" s="20"/>
       <c r="AA8" s="20"/>
       <c r="AB8" s="20"/>
       <c r="AC8" s="20"/>
       <c r="AD8" s="20"/>
       <c r="AE8" s="20"/>
       <c r="AF8" s="20"/>
       <c r="AG8" s="17"/>
       <c r="AH8" s="17"/>
       <c r="AI8" s="27"/>
       <c r="AJ8" s="27"/>
       <c r="AK8" s="27"/>
       <c r="AL8" s="21">
         <v>37257</v>
       </c>
       <c r="AM8" s="21">
         <v>40543</v>
       </c>
       <c r="AN8" s="21">
         <v>42940</v>
       </c>
       <c r="AO8" s="30"/>
     </row>
-    <row r="9" spans="1:41" s="58" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:41" s="58" customFormat="1" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="18" t="s">
         <v>107</v>
       </c>
       <c r="B9" s="7" t="s">
         <v>44</v>
       </c>
       <c r="C9" s="19" t="s">
         <v>108</v>
       </c>
       <c r="D9" s="19" t="s">
         <v>109</v>
       </c>
       <c r="E9" s="16"/>
       <c r="F9" s="10"/>
       <c r="G9" s="10"/>
       <c r="H9" s="10"/>
       <c r="I9" s="10"/>
       <c r="J9" s="20"/>
       <c r="K9" s="20"/>
       <c r="L9" s="20"/>
       <c r="M9" s="20"/>
       <c r="N9" s="20"/>
       <c r="O9" s="20"/>
       <c r="P9" s="20"/>
       <c r="Q9" s="20"/>
@@ -13287,51 +12932,51 @@
       <c r="X9" s="20"/>
       <c r="Y9" s="20"/>
       <c r="Z9" s="20"/>
       <c r="AA9" s="20"/>
       <c r="AB9" s="20"/>
       <c r="AC9" s="20"/>
       <c r="AD9" s="20"/>
       <c r="AE9" s="20"/>
       <c r="AF9" s="20"/>
       <c r="AG9" s="17"/>
       <c r="AH9" s="17"/>
       <c r="AI9" s="27"/>
       <c r="AJ9" s="27"/>
       <c r="AK9" s="27"/>
       <c r="AL9" s="21">
         <v>37257</v>
       </c>
       <c r="AM9" s="15">
         <v>39994</v>
       </c>
       <c r="AN9" s="15">
         <v>43789</v>
       </c>
       <c r="AO9" s="61"/>
     </row>
-    <row r="10" spans="1:41" s="58" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:41" s="58" customFormat="1" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="18" t="s">
         <v>155</v>
       </c>
       <c r="B10" s="7" t="s">
         <v>44</v>
       </c>
       <c r="C10" s="19" t="s">
         <v>156</v>
       </c>
       <c r="D10" s="19" t="s">
         <v>157</v>
       </c>
       <c r="E10" s="16"/>
       <c r="F10" s="10"/>
       <c r="G10" s="10"/>
       <c r="H10" s="10"/>
       <c r="I10" s="10"/>
       <c r="J10" s="20"/>
       <c r="K10" s="20"/>
       <c r="L10" s="20"/>
       <c r="M10" s="20"/>
       <c r="N10" s="20"/>
       <c r="O10" s="20"/>
       <c r="P10" s="20"/>
       <c r="Q10" s="20"/>
@@ -13344,51 +12989,51 @@
       <c r="X10" s="20"/>
       <c r="Y10" s="20"/>
       <c r="Z10" s="20"/>
       <c r="AA10" s="20"/>
       <c r="AB10" s="20"/>
       <c r="AC10" s="20"/>
       <c r="AD10" s="20"/>
       <c r="AE10" s="20"/>
       <c r="AF10" s="20"/>
       <c r="AG10" s="17"/>
       <c r="AH10" s="17"/>
       <c r="AI10" s="25"/>
       <c r="AJ10" s="27"/>
       <c r="AK10" s="29"/>
       <c r="AL10" s="21">
         <v>36526</v>
       </c>
       <c r="AM10" s="21">
         <v>43100</v>
       </c>
       <c r="AN10" s="21">
         <v>43305</v>
       </c>
       <c r="AO10" s="30"/>
     </row>
-    <row r="11" spans="1:41" s="58" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:41" s="58" customFormat="1" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="18">
         <v>336</v>
       </c>
       <c r="B11" s="7" t="s">
         <v>44</v>
       </c>
       <c r="C11" s="19" t="s">
         <v>158</v>
       </c>
       <c r="D11" s="19" t="s">
         <v>159</v>
       </c>
       <c r="E11" s="16"/>
       <c r="F11" s="10"/>
       <c r="G11" s="10"/>
       <c r="H11" s="10"/>
       <c r="I11" s="10"/>
       <c r="J11" s="20"/>
       <c r="K11" s="20"/>
       <c r="L11" s="20"/>
       <c r="M11" s="20"/>
       <c r="N11" s="20"/>
       <c r="O11" s="20"/>
       <c r="P11" s="20"/>
       <c r="Q11" s="20"/>
@@ -13401,51 +13046,51 @@
       <c r="X11" s="20"/>
       <c r="Y11" s="20"/>
       <c r="Z11" s="20"/>
       <c r="AA11" s="20"/>
       <c r="AB11" s="20"/>
       <c r="AC11" s="20"/>
       <c r="AD11" s="20"/>
       <c r="AE11" s="20"/>
       <c r="AF11" s="20"/>
       <c r="AG11" s="17"/>
       <c r="AH11" s="17"/>
       <c r="AI11" s="25"/>
       <c r="AJ11" s="27"/>
       <c r="AK11" s="29"/>
       <c r="AL11" s="21">
         <v>41640</v>
       </c>
       <c r="AM11" s="21">
         <v>43100</v>
       </c>
       <c r="AN11" s="21">
         <v>43305</v>
       </c>
       <c r="AO11" s="30"/>
     </row>
-    <row r="12" spans="1:41" s="58" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:41" s="58" customFormat="1" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="18" t="s">
         <v>176</v>
       </c>
       <c r="B12" s="7" t="s">
         <v>44</v>
       </c>
       <c r="C12" s="19" t="s">
         <v>177</v>
       </c>
       <c r="D12" s="19" t="s">
         <v>178</v>
       </c>
       <c r="E12" s="16"/>
       <c r="F12" s="10" t="s">
         <v>42</v>
       </c>
       <c r="G12" s="10"/>
       <c r="H12" s="10"/>
       <c r="I12" s="10"/>
       <c r="J12" s="20"/>
       <c r="K12" s="20" t="s">
         <v>42</v>
       </c>
       <c r="L12" s="20" t="s">
         <v>42</v>
@@ -13470,51 +13115,51 @@
       <c r="AB12" s="20"/>
       <c r="AC12" s="20"/>
       <c r="AD12" s="20"/>
       <c r="AE12" s="62"/>
       <c r="AF12" s="62"/>
       <c r="AG12" s="63" t="s">
         <v>179</v>
       </c>
       <c r="AH12" s="17" t="s">
         <v>179</v>
       </c>
       <c r="AI12" s="25"/>
       <c r="AJ12" s="27"/>
       <c r="AK12" s="29"/>
       <c r="AL12" s="21">
         <v>37257</v>
       </c>
       <c r="AM12" s="15">
         <v>43585</v>
       </c>
       <c r="AN12" s="15">
         <v>42485</v>
       </c>
       <c r="AO12" s="64"/>
     </row>
-    <row r="13" spans="1:41" s="58" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:41" s="58" customFormat="1" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="18" t="s">
         <v>231</v>
       </c>
       <c r="B13" s="7" t="s">
         <v>44</v>
       </c>
       <c r="C13" s="19" t="s">
         <v>232</v>
       </c>
       <c r="D13" s="19" t="s">
         <v>233</v>
       </c>
       <c r="E13" s="16"/>
       <c r="F13" s="10" t="s">
         <v>42</v>
       </c>
       <c r="G13" s="10"/>
       <c r="H13" s="10"/>
       <c r="I13" s="10"/>
       <c r="J13" s="20"/>
       <c r="K13" s="20"/>
       <c r="L13" s="20"/>
       <c r="M13" s="20"/>
       <c r="N13" s="20"/>
       <c r="O13" s="20"/>
@@ -13529,51 +13174,51 @@
       <c r="X13" s="20"/>
       <c r="Y13" s="20"/>
       <c r="Z13" s="20"/>
       <c r="AA13" s="20"/>
       <c r="AB13" s="20"/>
       <c r="AC13" s="20"/>
       <c r="AD13" s="20"/>
       <c r="AE13" s="20"/>
       <c r="AF13" s="20"/>
       <c r="AG13" s="17"/>
       <c r="AH13" s="17"/>
       <c r="AI13" s="25"/>
       <c r="AJ13" s="27"/>
       <c r="AK13" s="29"/>
       <c r="AL13" s="21">
         <v>42552</v>
       </c>
       <c r="AM13" s="15">
         <v>43465</v>
       </c>
       <c r="AN13" s="15">
         <v>43789</v>
       </c>
       <c r="AO13" s="61"/>
     </row>
-    <row r="14" spans="1:41" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:41" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="6">
         <v>512</v>
       </c>
       <c r="B14" s="7" t="s">
         <v>44</v>
       </c>
       <c r="C14" s="8" t="s">
         <v>241</v>
       </c>
       <c r="D14" s="8" t="s">
         <v>242</v>
       </c>
       <c r="E14" s="9"/>
       <c r="F14" s="10" t="s">
         <v>78</v>
       </c>
       <c r="G14" s="10" t="s">
         <v>42</v>
       </c>
       <c r="H14" s="10" t="s">
         <v>42</v>
       </c>
       <c r="I14" s="10" t="s">
         <v>42</v>
       </c>
@@ -13600,51 +13245,51 @@
       <c r="AB14" s="10"/>
       <c r="AC14" s="10"/>
       <c r="AD14" s="10"/>
       <c r="AE14" s="10"/>
       <c r="AF14" s="10"/>
       <c r="AG14" s="11" t="s">
         <v>243</v>
       </c>
       <c r="AH14" s="11" t="s">
         <v>48</v>
       </c>
       <c r="AI14" s="25"/>
       <c r="AJ14" s="13"/>
       <c r="AK14" s="26"/>
       <c r="AL14" s="15">
         <v>37987</v>
       </c>
       <c r="AM14" s="15">
         <v>38352</v>
       </c>
       <c r="AN14" s="21">
         <v>45581</v>
       </c>
       <c r="AO14" s="22"/>
     </row>
-    <row r="15" spans="1:41" s="58" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:41" s="58" customFormat="1" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="18">
         <v>516</v>
       </c>
       <c r="B15" s="7" t="s">
         <v>44</v>
       </c>
       <c r="C15" s="8" t="s">
         <v>250</v>
       </c>
       <c r="D15" s="8" t="s">
         <v>251</v>
       </c>
       <c r="E15" s="9"/>
       <c r="F15" s="10"/>
       <c r="G15" s="10"/>
       <c r="H15" s="10"/>
       <c r="I15" s="10"/>
       <c r="J15" s="10"/>
       <c r="K15" s="10"/>
       <c r="L15" s="10"/>
       <c r="M15" s="10"/>
       <c r="N15" s="10"/>
       <c r="O15" s="10"/>
       <c r="P15" s="10"/>
       <c r="Q15" s="10"/>
@@ -13657,51 +13302,51 @@
       <c r="X15" s="10"/>
       <c r="Y15" s="10"/>
       <c r="Z15" s="10"/>
       <c r="AA15" s="10"/>
       <c r="AB15" s="10"/>
       <c r="AC15" s="10"/>
       <c r="AD15" s="10"/>
       <c r="AE15" s="10"/>
       <c r="AF15" s="10"/>
       <c r="AG15" s="11"/>
       <c r="AH15" s="11"/>
       <c r="AI15" s="25"/>
       <c r="AJ15" s="29"/>
       <c r="AK15" s="57"/>
       <c r="AL15" s="15">
         <v>38261</v>
       </c>
       <c r="AM15" s="15">
         <v>42735</v>
       </c>
       <c r="AN15" s="15">
         <v>43789</v>
       </c>
       <c r="AO15" s="65"/>
     </row>
-    <row r="16" spans="1:41" s="58" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:41" s="58" customFormat="1" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="18" t="s">
         <v>252</v>
       </c>
       <c r="B16" s="7" t="s">
         <v>44</v>
       </c>
       <c r="C16" s="19" t="s">
         <v>253</v>
       </c>
       <c r="D16" s="19" t="s">
         <v>254</v>
       </c>
       <c r="E16" s="16"/>
       <c r="F16" s="10"/>
       <c r="G16" s="10"/>
       <c r="H16" s="10"/>
       <c r="I16" s="10"/>
       <c r="J16" s="20"/>
       <c r="K16" s="20"/>
       <c r="L16" s="20"/>
       <c r="M16" s="20"/>
       <c r="N16" s="20"/>
       <c r="O16" s="20"/>
       <c r="P16" s="20"/>
       <c r="Q16" s="20"/>
@@ -13714,51 +13359,51 @@
       <c r="X16" s="20"/>
       <c r="Y16" s="20"/>
       <c r="Z16" s="20"/>
       <c r="AA16" s="20"/>
       <c r="AB16" s="20"/>
       <c r="AC16" s="20"/>
       <c r="AD16" s="20"/>
       <c r="AE16" s="20"/>
       <c r="AF16" s="20"/>
       <c r="AG16" s="17"/>
       <c r="AH16" s="17"/>
       <c r="AI16" s="25"/>
       <c r="AJ16" s="27"/>
       <c r="AK16" s="29"/>
       <c r="AL16" s="21">
         <v>37257</v>
       </c>
       <c r="AM16" s="21">
         <v>37257</v>
       </c>
       <c r="AN16" s="21">
         <v>38820</v>
       </c>
       <c r="AO16" s="30"/>
     </row>
-    <row r="17" spans="1:82" s="58" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:82" s="58" customFormat="1" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="18" t="s">
         <v>261</v>
       </c>
       <c r="B17" s="7" t="s">
         <v>44</v>
       </c>
       <c r="C17" s="19" t="s">
         <v>262</v>
       </c>
       <c r="D17" s="19" t="s">
         <v>263</v>
       </c>
       <c r="E17" s="16"/>
       <c r="F17" s="10"/>
       <c r="G17" s="10"/>
       <c r="H17" s="10"/>
       <c r="I17" s="10"/>
       <c r="J17" s="20"/>
       <c r="K17" s="20"/>
       <c r="L17" s="20"/>
       <c r="M17" s="20"/>
       <c r="N17" s="20"/>
       <c r="O17" s="20"/>
       <c r="P17" s="20"/>
       <c r="Q17" s="20"/>
@@ -13771,51 +13416,51 @@
       <c r="X17" s="20"/>
       <c r="Y17" s="20"/>
       <c r="Z17" s="20"/>
       <c r="AA17" s="20"/>
       <c r="AB17" s="20"/>
       <c r="AC17" s="20"/>
       <c r="AD17" s="20"/>
       <c r="AE17" s="20"/>
       <c r="AF17" s="20"/>
       <c r="AG17" s="17"/>
       <c r="AH17" s="17"/>
       <c r="AI17" s="25"/>
       <c r="AJ17" s="27"/>
       <c r="AK17" s="29"/>
       <c r="AL17" s="21">
         <v>37257</v>
       </c>
       <c r="AM17" s="21">
         <v>42735</v>
       </c>
       <c r="AN17" s="21">
         <v>43789</v>
       </c>
       <c r="AO17" s="30"/>
     </row>
-    <row r="18" spans="1:82" s="58" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:82" s="58" customFormat="1" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="18">
         <v>541</v>
       </c>
       <c r="B18" s="7" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="19" t="s">
         <v>264</v>
       </c>
       <c r="D18" s="19" t="s">
         <v>265</v>
       </c>
       <c r="E18" s="16"/>
       <c r="F18" s="10" t="s">
         <v>42</v>
       </c>
       <c r="G18" s="10"/>
       <c r="H18" s="10"/>
       <c r="I18" s="10"/>
       <c r="J18" s="20"/>
       <c r="K18" s="20"/>
       <c r="L18" s="20"/>
       <c r="M18" s="20"/>
       <c r="N18" s="20"/>
       <c r="O18" s="20"/>
@@ -13826,59 +13471,61 @@
       <c r="T18" s="20"/>
       <c r="U18" s="20"/>
       <c r="V18" s="20"/>
       <c r="W18" s="20"/>
       <c r="X18" s="20"/>
       <c r="Y18" s="20"/>
       <c r="Z18" s="20"/>
       <c r="AA18" s="20"/>
       <c r="AB18" s="20"/>
       <c r="AC18" s="20"/>
       <c r="AD18" s="20"/>
       <c r="AE18" s="20"/>
       <c r="AF18" s="20"/>
       <c r="AG18" s="28" t="s">
         <v>131</v>
       </c>
       <c r="AH18" s="28" t="s">
         <v>131</v>
       </c>
       <c r="AI18" s="25"/>
       <c r="AJ18" s="27"/>
       <c r="AK18" s="29"/>
       <c r="AL18" s="21">
         <v>40544</v>
       </c>
-      <c r="AM18" s="21">
-[...7 lines deleted...]
-    <row r="19" spans="1:82" s="58" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="AM18" s="66">
+        <v>43830</v>
+      </c>
+      <c r="AN18" s="66">
+        <v>46091</v>
+      </c>
+      <c r="AO18" s="30" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="19" spans="1:82" s="58" customFormat="1" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A19" s="18" t="s">
         <v>266</v>
       </c>
       <c r="B19" s="7" t="s">
         <v>44</v>
       </c>
       <c r="C19" s="19" t="s">
         <v>267</v>
       </c>
       <c r="D19" s="19" t="s">
         <v>268</v>
       </c>
       <c r="E19" s="16"/>
       <c r="F19" s="10" t="s">
         <v>42</v>
       </c>
       <c r="G19" s="10"/>
       <c r="H19" s="10"/>
       <c r="I19" s="10"/>
       <c r="J19" s="20"/>
       <c r="K19" s="20"/>
       <c r="L19" s="20"/>
       <c r="M19" s="20"/>
       <c r="N19" s="20"/>
       <c r="O19" s="20"/>
@@ -13897,51 +13544,51 @@
       <c r="AB19" s="20"/>
       <c r="AC19" s="20"/>
       <c r="AD19" s="20"/>
       <c r="AE19" s="20"/>
       <c r="AF19" s="20"/>
       <c r="AG19" s="28" t="s">
         <v>131</v>
       </c>
       <c r="AH19" s="28" t="s">
         <v>131</v>
       </c>
       <c r="AI19" s="25"/>
       <c r="AJ19" s="27"/>
       <c r="AK19" s="29"/>
       <c r="AL19" s="21">
         <v>42005</v>
       </c>
       <c r="AM19" s="21">
         <v>44926</v>
       </c>
       <c r="AN19" s="21">
         <v>42005</v>
       </c>
       <c r="AO19" s="30"/>
     </row>
-    <row r="20" spans="1:82" s="58" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:82" s="58" customFormat="1" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="18">
         <v>557</v>
       </c>
       <c r="B20" s="7" t="s">
         <v>44</v>
       </c>
       <c r="C20" s="19" t="s">
         <v>287</v>
       </c>
       <c r="D20" s="19" t="s">
         <v>288</v>
       </c>
       <c r="E20" s="16"/>
       <c r="F20" s="10"/>
       <c r="G20" s="10"/>
       <c r="H20" s="10"/>
       <c r="I20" s="10"/>
       <c r="J20" s="20"/>
       <c r="K20" s="20"/>
       <c r="L20" s="20"/>
       <c r="M20" s="20"/>
       <c r="N20" s="20"/>
       <c r="O20" s="20"/>
       <c r="P20" s="20"/>
       <c r="Q20" s="20"/>
@@ -13954,51 +13601,51 @@
       <c r="X20" s="20"/>
       <c r="Y20" s="20"/>
       <c r="Z20" s="20"/>
       <c r="AA20" s="20"/>
       <c r="AB20" s="20"/>
       <c r="AC20" s="20"/>
       <c r="AD20" s="20"/>
       <c r="AE20" s="20"/>
       <c r="AF20" s="20"/>
       <c r="AG20" s="17"/>
       <c r="AH20" s="17"/>
       <c r="AI20" s="25"/>
       <c r="AJ20" s="27"/>
       <c r="AK20" s="29"/>
       <c r="AL20" s="21">
         <v>42736</v>
       </c>
       <c r="AM20" s="21">
         <v>43100</v>
       </c>
       <c r="AN20" s="21">
         <v>42940</v>
       </c>
       <c r="AO20" s="30"/>
     </row>
-    <row r="21" spans="1:82" s="58" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:82" s="58" customFormat="1" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="18" t="s">
         <v>292</v>
       </c>
       <c r="B21" s="7" t="s">
         <v>44</v>
       </c>
       <c r="C21" s="19" t="s">
         <v>293</v>
       </c>
       <c r="D21" s="19" t="s">
         <v>294</v>
       </c>
       <c r="E21" s="16"/>
       <c r="F21" s="10" t="s">
         <v>42</v>
       </c>
       <c r="G21" s="10"/>
       <c r="H21" s="10"/>
       <c r="I21" s="10"/>
       <c r="J21" s="20"/>
       <c r="K21" s="20"/>
       <c r="L21" s="20"/>
       <c r="M21" s="20" t="s">
         <v>42</v>
       </c>
@@ -14014,1034 +13661,1077 @@
       <c r="W21" s="20"/>
       <c r="X21" s="20"/>
       <c r="Y21" s="20"/>
       <c r="Z21" s="20"/>
       <c r="AA21" s="20"/>
       <c r="AB21" s="20"/>
       <c r="AC21" s="20"/>
       <c r="AD21" s="20"/>
       <c r="AE21" s="20"/>
       <c r="AF21" s="20"/>
       <c r="AG21" s="17"/>
       <c r="AH21" s="17"/>
       <c r="AI21" s="25"/>
       <c r="AJ21" s="27"/>
       <c r="AK21" s="29"/>
       <c r="AL21" s="21">
         <v>40544</v>
       </c>
       <c r="AM21" s="15">
         <v>2958465</v>
       </c>
       <c r="AN21" s="21">
         <v>40686</v>
       </c>
       <c r="AO21" s="65"/>
-      <c r="AP21" s="18" t="s">
+    </row>
+    <row r="22" spans="1:82" s="58" customFormat="1" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="18" t="s">
         <v>313</v>
-      </c>
-[...55 lines deleted...]
-        <v>324</v>
       </c>
       <c r="B22" s="7" t="s">
         <v>44</v>
       </c>
       <c r="C22" s="19" t="s">
-        <v>325</v>
+        <v>314</v>
       </c>
       <c r="D22" s="19" t="s">
-        <v>325</v>
+        <v>315</v>
       </c>
       <c r="E22" s="16"/>
       <c r="F22" s="10"/>
       <c r="G22" s="10"/>
       <c r="H22" s="10"/>
       <c r="I22" s="10"/>
-      <c r="J22" s="10"/>
+      <c r="J22" s="20"/>
       <c r="K22" s="20"/>
       <c r="L22" s="20"/>
       <c r="M22" s="20"/>
       <c r="N22" s="20"/>
       <c r="O22" s="20"/>
       <c r="P22" s="20"/>
       <c r="Q22" s="20"/>
       <c r="R22" s="20"/>
       <c r="S22" s="20"/>
       <c r="T22" s="20"/>
       <c r="U22" s="20"/>
       <c r="V22" s="20"/>
       <c r="W22" s="20"/>
       <c r="X22" s="20"/>
       <c r="Y22" s="20"/>
       <c r="Z22" s="20"/>
       <c r="AA22" s="20"/>
       <c r="AB22" s="20"/>
       <c r="AC22" s="20"/>
       <c r="AD22" s="20"/>
       <c r="AE22" s="20"/>
       <c r="AF22" s="20"/>
       <c r="AG22" s="17"/>
       <c r="AH22" s="17"/>
       <c r="AI22" s="25"/>
       <c r="AJ22" s="27"/>
       <c r="AK22" s="29"/>
       <c r="AL22" s="21">
-        <v>37257</v>
-[...2 lines deleted...]
-        <v>43100</v>
+        <v>40544</v>
+      </c>
+      <c r="AM22" s="15">
+        <v>43465</v>
       </c>
       <c r="AN22" s="21">
-        <v>43054</v>
-[...5 lines deleted...]
-        <v>804</v>
+        <v>40686</v>
+      </c>
+      <c r="AO22" s="65"/>
+      <c r="AP22" s="127"/>
+      <c r="AQ22" s="128"/>
+      <c r="AR22" s="129"/>
+      <c r="AS22" s="129"/>
+      <c r="AT22" s="130"/>
+      <c r="AU22" s="131"/>
+      <c r="AV22" s="131"/>
+      <c r="AW22" s="131"/>
+      <c r="AX22" s="131"/>
+      <c r="AY22" s="131"/>
+      <c r="AZ22" s="131"/>
+      <c r="BA22" s="131"/>
+      <c r="BB22" s="131"/>
+      <c r="BC22" s="131"/>
+      <c r="BD22" s="131"/>
+      <c r="BE22" s="131"/>
+      <c r="BF22" s="131"/>
+      <c r="BG22" s="131"/>
+      <c r="BH22" s="131"/>
+      <c r="BI22" s="131"/>
+      <c r="BJ22" s="131"/>
+      <c r="BK22" s="131"/>
+      <c r="BL22" s="131"/>
+      <c r="BM22" s="131"/>
+      <c r="BN22" s="131"/>
+      <c r="BO22" s="131"/>
+      <c r="BP22" s="131"/>
+      <c r="BQ22" s="131"/>
+      <c r="BR22" s="131"/>
+      <c r="BS22" s="131"/>
+      <c r="BT22" s="131"/>
+      <c r="BU22" s="131"/>
+      <c r="BV22" s="132"/>
+      <c r="BW22" s="132"/>
+      <c r="BX22" s="133"/>
+      <c r="BY22" s="134"/>
+      <c r="BZ22" s="135"/>
+      <c r="CA22" s="136"/>
+      <c r="CB22" s="136"/>
+      <c r="CC22" s="136"/>
+      <c r="CD22" s="137"/>
+    </row>
+    <row r="23" spans="1:82" s="58" customFormat="1" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="18" t="s">
+        <v>324</v>
       </c>
       <c r="B23" s="7" t="s">
         <v>44</v>
       </c>
       <c r="C23" s="19" t="s">
-        <v>326</v>
+        <v>325</v>
       </c>
       <c r="D23" s="19" t="s">
-        <v>326</v>
+        <v>325</v>
       </c>
       <c r="E23" s="16"/>
       <c r="F23" s="10"/>
       <c r="G23" s="10"/>
       <c r="H23" s="10"/>
       <c r="I23" s="10"/>
       <c r="J23" s="10"/>
       <c r="K23" s="20"/>
       <c r="L23" s="20"/>
       <c r="M23" s="20"/>
       <c r="N23" s="20"/>
       <c r="O23" s="20"/>
       <c r="P23" s="20"/>
       <c r="Q23" s="20"/>
       <c r="R23" s="20"/>
       <c r="S23" s="20"/>
       <c r="T23" s="20"/>
       <c r="U23" s="20"/>
       <c r="V23" s="20"/>
       <c r="W23" s="20"/>
       <c r="X23" s="20"/>
       <c r="Y23" s="20"/>
       <c r="Z23" s="20"/>
       <c r="AA23" s="20"/>
       <c r="AB23" s="20"/>
       <c r="AC23" s="20"/>
       <c r="AD23" s="20"/>
       <c r="AE23" s="20"/>
       <c r="AF23" s="20"/>
       <c r="AG23" s="17"/>
       <c r="AH23" s="17"/>
       <c r="AI23" s="25"/>
       <c r="AJ23" s="27"/>
       <c r="AK23" s="29"/>
       <c r="AL23" s="21">
-        <v>37987</v>
+        <v>37257</v>
       </c>
       <c r="AM23" s="21">
         <v>43100</v>
       </c>
       <c r="AN23" s="21">
         <v>43054</v>
       </c>
       <c r="AO23" s="30"/>
     </row>
-    <row r="24" spans="1:82" s="58" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>327</v>
+    <row r="24" spans="1:82" s="58" customFormat="1" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="18">
+        <v>804</v>
       </c>
       <c r="B24" s="7" t="s">
         <v>44</v>
       </c>
       <c r="C24" s="19" t="s">
-        <v>328</v>
+        <v>326</v>
       </c>
       <c r="D24" s="19" t="s">
-        <v>328</v>
+        <v>326</v>
       </c>
       <c r="E24" s="16"/>
       <c r="F24" s="10"/>
       <c r="G24" s="10"/>
       <c r="H24" s="10"/>
       <c r="I24" s="10"/>
       <c r="J24" s="10"/>
       <c r="K24" s="20"/>
       <c r="L24" s="20"/>
       <c r="M24" s="20"/>
       <c r="N24" s="20"/>
       <c r="O24" s="20"/>
       <c r="P24" s="20"/>
       <c r="Q24" s="20"/>
       <c r="R24" s="20"/>
       <c r="S24" s="20"/>
       <c r="T24" s="20"/>
       <c r="U24" s="20"/>
       <c r="V24" s="20"/>
       <c r="W24" s="20"/>
       <c r="X24" s="20"/>
       <c r="Y24" s="20"/>
       <c r="Z24" s="20"/>
       <c r="AA24" s="20"/>
       <c r="AB24" s="20"/>
       <c r="AC24" s="20"/>
       <c r="AD24" s="20"/>
       <c r="AE24" s="20"/>
       <c r="AF24" s="20"/>
       <c r="AG24" s="17"/>
       <c r="AH24" s="17"/>
       <c r="AI24" s="25"/>
       <c r="AJ24" s="27"/>
       <c r="AK24" s="29"/>
       <c r="AL24" s="21">
-        <v>38353</v>
+        <v>37987</v>
       </c>
       <c r="AM24" s="21">
         <v>43100</v>
       </c>
       <c r="AN24" s="21">
         <v>43054</v>
       </c>
       <c r="AO24" s="30"/>
     </row>
-    <row r="25" spans="1:82" s="58" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:82" s="58" customFormat="1" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A25" s="18" t="s">
-        <v>329</v>
+        <v>327</v>
       </c>
       <c r="B25" s="7" t="s">
         <v>44</v>
       </c>
       <c r="C25" s="19" t="s">
-        <v>330</v>
+        <v>328</v>
       </c>
       <c r="D25" s="19" t="s">
-        <v>330</v>
+        <v>328</v>
       </c>
       <c r="E25" s="16"/>
       <c r="F25" s="10"/>
       <c r="G25" s="10"/>
       <c r="H25" s="10"/>
       <c r="I25" s="10"/>
       <c r="J25" s="10"/>
       <c r="K25" s="20"/>
       <c r="L25" s="20"/>
       <c r="M25" s="20"/>
       <c r="N25" s="20"/>
       <c r="O25" s="20"/>
       <c r="P25" s="20"/>
       <c r="Q25" s="20"/>
       <c r="R25" s="20"/>
       <c r="S25" s="20"/>
       <c r="T25" s="20"/>
       <c r="U25" s="20"/>
       <c r="V25" s="20"/>
       <c r="W25" s="20"/>
       <c r="X25" s="20"/>
       <c r="Y25" s="20"/>
       <c r="Z25" s="20"/>
       <c r="AA25" s="20"/>
       <c r="AB25" s="20"/>
       <c r="AC25" s="20"/>
       <c r="AD25" s="20"/>
       <c r="AE25" s="20"/>
       <c r="AF25" s="20"/>
       <c r="AG25" s="17"/>
       <c r="AH25" s="17"/>
       <c r="AI25" s="25"/>
       <c r="AJ25" s="27"/>
       <c r="AK25" s="29"/>
       <c r="AL25" s="21">
-        <v>39814</v>
+        <v>38353</v>
       </c>
       <c r="AM25" s="21">
         <v>43100</v>
       </c>
       <c r="AN25" s="21">
         <v>43054</v>
       </c>
       <c r="AO25" s="30"/>
     </row>
-    <row r="26" spans="1:82" s="58" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:82" s="58" customFormat="1" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A26" s="18" t="s">
-        <v>348</v>
+        <v>329</v>
       </c>
       <c r="B26" s="7" t="s">
         <v>44</v>
       </c>
       <c r="C26" s="19" t="s">
-        <v>349</v>
+        <v>330</v>
       </c>
       <c r="D26" s="19" t="s">
-        <v>350</v>
+        <v>330</v>
       </c>
       <c r="E26" s="16"/>
-      <c r="F26" s="10" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F26" s="10"/>
       <c r="G26" s="10"/>
       <c r="H26" s="10"/>
       <c r="I26" s="10"/>
-      <c r="J26" s="20"/>
+      <c r="J26" s="10"/>
       <c r="K26" s="20"/>
       <c r="L26" s="20"/>
       <c r="M26" s="20"/>
       <c r="N26" s="20"/>
       <c r="O26" s="20"/>
       <c r="P26" s="20"/>
       <c r="Q26" s="20"/>
       <c r="R26" s="20"/>
       <c r="S26" s="20"/>
       <c r="T26" s="20"/>
       <c r="U26" s="20"/>
       <c r="V26" s="20"/>
       <c r="W26" s="20"/>
       <c r="X26" s="20"/>
       <c r="Y26" s="20"/>
       <c r="Z26" s="20"/>
       <c r="AA26" s="20"/>
       <c r="AB26" s="20"/>
       <c r="AC26" s="20"/>
       <c r="AD26" s="20"/>
       <c r="AE26" s="20"/>
       <c r="AF26" s="20"/>
       <c r="AG26" s="17"/>
       <c r="AH26" s="17"/>
       <c r="AI26" s="25"/>
       <c r="AJ26" s="27"/>
       <c r="AK26" s="29"/>
       <c r="AL26" s="21">
-        <v>37257</v>
+        <v>39814</v>
       </c>
       <c r="AM26" s="21">
-        <v>37257</v>
+        <v>43100</v>
       </c>
       <c r="AN26" s="21">
-        <v>38820</v>
+        <v>43054</v>
       </c>
       <c r="AO26" s="30"/>
     </row>
-    <row r="27" spans="1:82" s="58" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:82" s="58" customFormat="1" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A27" s="18" t="s">
-        <v>363</v>
+        <v>348</v>
       </c>
       <c r="B27" s="7" t="s">
         <v>44</v>
       </c>
       <c r="C27" s="19" t="s">
-        <v>364</v>
+        <v>349</v>
       </c>
       <c r="D27" s="19" t="s">
-        <v>365</v>
+        <v>350</v>
       </c>
       <c r="E27" s="16"/>
-      <c r="F27" s="10"/>
+      <c r="F27" s="10" t="s">
+        <v>42</v>
+      </c>
       <c r="G27" s="10"/>
       <c r="H27" s="10"/>
       <c r="I27" s="10"/>
       <c r="J27" s="20"/>
       <c r="K27" s="20"/>
       <c r="L27" s="20"/>
       <c r="M27" s="20"/>
       <c r="N27" s="20"/>
       <c r="O27" s="20"/>
       <c r="P27" s="20"/>
       <c r="Q27" s="20"/>
       <c r="R27" s="20"/>
       <c r="S27" s="20"/>
       <c r="T27" s="20"/>
       <c r="U27" s="20"/>
       <c r="V27" s="20"/>
       <c r="W27" s="20"/>
       <c r="X27" s="20"/>
       <c r="Y27" s="20"/>
       <c r="Z27" s="20"/>
       <c r="AA27" s="20"/>
       <c r="AB27" s="20"/>
       <c r="AC27" s="20"/>
       <c r="AD27" s="20"/>
       <c r="AE27" s="20"/>
       <c r="AF27" s="20"/>
       <c r="AG27" s="17"/>
       <c r="AH27" s="17"/>
       <c r="AI27" s="25"/>
       <c r="AJ27" s="27"/>
       <c r="AK27" s="29"/>
       <c r="AL27" s="21">
-        <v>39448</v>
+        <v>37257</v>
       </c>
       <c r="AM27" s="21">
-        <v>42185</v>
+        <v>37257</v>
       </c>
       <c r="AN27" s="21">
-        <v>42177</v>
+        <v>38820</v>
       </c>
       <c r="AO27" s="30"/>
     </row>
-    <row r="28" spans="1:82" s="58" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:82" s="58" customFormat="1" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A28" s="18" t="s">
-        <v>366</v>
+        <v>363</v>
       </c>
       <c r="B28" s="7" t="s">
         <v>44</v>
       </c>
       <c r="C28" s="19" t="s">
-        <v>367</v>
+        <v>364</v>
       </c>
       <c r="D28" s="19" t="s">
-        <v>368</v>
+        <v>365</v>
       </c>
       <c r="E28" s="16"/>
       <c r="F28" s="10"/>
       <c r="G28" s="10"/>
       <c r="H28" s="10"/>
       <c r="I28" s="10"/>
       <c r="J28" s="20"/>
       <c r="K28" s="20"/>
       <c r="L28" s="20"/>
       <c r="M28" s="20"/>
       <c r="N28" s="20"/>
       <c r="O28" s="20"/>
       <c r="P28" s="20"/>
       <c r="Q28" s="20"/>
       <c r="R28" s="20"/>
       <c r="S28" s="20"/>
       <c r="T28" s="20"/>
       <c r="U28" s="20"/>
       <c r="V28" s="20"/>
       <c r="W28" s="20"/>
       <c r="X28" s="20"/>
       <c r="Y28" s="20"/>
       <c r="Z28" s="20"/>
       <c r="AA28" s="20"/>
       <c r="AB28" s="20"/>
       <c r="AC28" s="20"/>
       <c r="AD28" s="20"/>
       <c r="AE28" s="20"/>
       <c r="AF28" s="20"/>
       <c r="AG28" s="17"/>
       <c r="AH28" s="17"/>
       <c r="AI28" s="25"/>
       <c r="AJ28" s="27"/>
       <c r="AK28" s="29"/>
       <c r="AL28" s="21">
         <v>39448</v>
       </c>
       <c r="AM28" s="21">
         <v>42185</v>
       </c>
       <c r="AN28" s="21">
         <v>42177</v>
       </c>
       <c r="AO28" s="30"/>
     </row>
-    <row r="29" spans="1:82" s="58" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:82" s="58" customFormat="1" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A29" s="18" t="s">
-        <v>369</v>
+        <v>366</v>
       </c>
       <c r="B29" s="7" t="s">
         <v>44</v>
       </c>
       <c r="C29" s="19" t="s">
-        <v>370</v>
+        <v>367</v>
       </c>
       <c r="D29" s="19" t="s">
-        <v>371</v>
+        <v>368</v>
       </c>
       <c r="E29" s="16"/>
       <c r="F29" s="10"/>
       <c r="G29" s="10"/>
       <c r="H29" s="10"/>
       <c r="I29" s="10"/>
       <c r="J29" s="20"/>
       <c r="K29" s="20"/>
       <c r="L29" s="20"/>
       <c r="M29" s="20"/>
       <c r="N29" s="20"/>
       <c r="O29" s="20"/>
       <c r="P29" s="20"/>
       <c r="Q29" s="20"/>
       <c r="R29" s="20"/>
       <c r="S29" s="20"/>
       <c r="T29" s="20"/>
       <c r="U29" s="20"/>
       <c r="V29" s="20"/>
       <c r="W29" s="20"/>
       <c r="X29" s="20"/>
       <c r="Y29" s="20"/>
       <c r="Z29" s="20"/>
       <c r="AA29" s="20"/>
       <c r="AB29" s="20"/>
       <c r="AC29" s="20"/>
       <c r="AD29" s="20"/>
       <c r="AE29" s="20"/>
       <c r="AF29" s="20"/>
       <c r="AG29" s="17"/>
       <c r="AH29" s="17"/>
       <c r="AI29" s="25"/>
       <c r="AJ29" s="27"/>
       <c r="AK29" s="29"/>
       <c r="AL29" s="21">
         <v>39448</v>
       </c>
       <c r="AM29" s="21">
         <v>42185</v>
       </c>
       <c r="AN29" s="21">
         <v>42177</v>
       </c>
       <c r="AO29" s="30"/>
     </row>
-    <row r="30" spans="1:82" s="58" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:82" s="58" customFormat="1" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A30" s="18" t="s">
-        <v>372</v>
+        <v>369</v>
       </c>
       <c r="B30" s="7" t="s">
         <v>44</v>
       </c>
       <c r="C30" s="19" t="s">
-        <v>373</v>
+        <v>370</v>
       </c>
       <c r="D30" s="19" t="s">
-        <v>374</v>
+        <v>371</v>
       </c>
       <c r="E30" s="16"/>
       <c r="F30" s="10"/>
       <c r="G30" s="10"/>
       <c r="H30" s="10"/>
       <c r="I30" s="10"/>
       <c r="J30" s="20"/>
       <c r="K30" s="20"/>
       <c r="L30" s="20"/>
       <c r="M30" s="20"/>
       <c r="N30" s="20"/>
       <c r="O30" s="20"/>
       <c r="P30" s="20"/>
       <c r="Q30" s="20"/>
       <c r="R30" s="20"/>
       <c r="S30" s="20"/>
       <c r="T30" s="20"/>
       <c r="U30" s="20"/>
       <c r="V30" s="20"/>
       <c r="W30" s="20"/>
       <c r="X30" s="20"/>
       <c r="Y30" s="20"/>
       <c r="Z30" s="20"/>
       <c r="AA30" s="20"/>
       <c r="AB30" s="20"/>
       <c r="AC30" s="20"/>
       <c r="AD30" s="20"/>
       <c r="AE30" s="20"/>
       <c r="AF30" s="20"/>
       <c r="AG30" s="17"/>
       <c r="AH30" s="17"/>
       <c r="AI30" s="25"/>
       <c r="AJ30" s="27"/>
       <c r="AK30" s="29"/>
       <c r="AL30" s="21">
         <v>39448</v>
       </c>
       <c r="AM30" s="21">
         <v>42185</v>
       </c>
       <c r="AN30" s="21">
         <v>42177</v>
       </c>
       <c r="AO30" s="30"/>
     </row>
-    <row r="31" spans="1:82" s="58" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:82" s="58" customFormat="1" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A31" s="18" t="s">
-        <v>375</v>
+        <v>372</v>
       </c>
       <c r="B31" s="7" t="s">
         <v>44</v>
       </c>
       <c r="C31" s="19" t="s">
-        <v>376</v>
+        <v>373</v>
       </c>
       <c r="D31" s="19" t="s">
-        <v>377</v>
+        <v>374</v>
       </c>
       <c r="E31" s="16"/>
       <c r="F31" s="10"/>
       <c r="G31" s="10"/>
       <c r="H31" s="10"/>
       <c r="I31" s="10"/>
       <c r="J31" s="20"/>
       <c r="K31" s="20"/>
       <c r="L31" s="20"/>
       <c r="M31" s="20"/>
       <c r="N31" s="20"/>
       <c r="O31" s="20"/>
       <c r="P31" s="20"/>
       <c r="Q31" s="20"/>
       <c r="R31" s="20"/>
       <c r="S31" s="20"/>
       <c r="T31" s="20"/>
       <c r="U31" s="20"/>
       <c r="V31" s="20"/>
       <c r="W31" s="20"/>
       <c r="X31" s="20"/>
       <c r="Y31" s="20"/>
       <c r="Z31" s="20"/>
       <c r="AA31" s="20"/>
       <c r="AB31" s="20"/>
       <c r="AC31" s="20"/>
       <c r="AD31" s="20"/>
       <c r="AE31" s="20"/>
       <c r="AF31" s="20"/>
       <c r="AG31" s="17"/>
       <c r="AH31" s="17"/>
       <c r="AI31" s="25"/>
       <c r="AJ31" s="27"/>
       <c r="AK31" s="29"/>
       <c r="AL31" s="21">
         <v>39448</v>
       </c>
       <c r="AM31" s="21">
         <v>42185</v>
       </c>
       <c r="AN31" s="21">
         <v>42177</v>
       </c>
       <c r="AO31" s="30"/>
     </row>
-    <row r="32" spans="1:82" s="58" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:82" s="58" customFormat="1" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A32" s="18" t="s">
-        <v>378</v>
+        <v>375</v>
       </c>
       <c r="B32" s="7" t="s">
         <v>44</v>
       </c>
       <c r="C32" s="19" t="s">
-        <v>379</v>
+        <v>376</v>
       </c>
       <c r="D32" s="19" t="s">
-        <v>380</v>
+        <v>377</v>
       </c>
       <c r="E32" s="16"/>
       <c r="F32" s="10"/>
       <c r="G32" s="10"/>
       <c r="H32" s="10"/>
       <c r="I32" s="10"/>
       <c r="J32" s="20"/>
       <c r="K32" s="20"/>
       <c r="L32" s="20"/>
       <c r="M32" s="20"/>
       <c r="N32" s="20"/>
       <c r="O32" s="20"/>
       <c r="P32" s="20"/>
       <c r="Q32" s="20"/>
       <c r="R32" s="20"/>
       <c r="S32" s="20"/>
       <c r="T32" s="20"/>
       <c r="U32" s="20"/>
       <c r="V32" s="20"/>
       <c r="W32" s="20"/>
       <c r="X32" s="20"/>
       <c r="Y32" s="20"/>
       <c r="Z32" s="20"/>
       <c r="AA32" s="20"/>
       <c r="AB32" s="20"/>
       <c r="AC32" s="20"/>
       <c r="AD32" s="20"/>
       <c r="AE32" s="20"/>
       <c r="AF32" s="20"/>
       <c r="AG32" s="17"/>
       <c r="AH32" s="17"/>
       <c r="AI32" s="25"/>
       <c r="AJ32" s="27"/>
       <c r="AK32" s="29"/>
       <c r="AL32" s="21">
         <v>39448</v>
       </c>
       <c r="AM32" s="21">
         <v>42185</v>
       </c>
       <c r="AN32" s="21">
         <v>42177</v>
       </c>
       <c r="AO32" s="30"/>
     </row>
-    <row r="33" spans="1:41" s="58" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:41" s="58" customFormat="1" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A33" s="18" t="s">
-        <v>381</v>
+        <v>378</v>
       </c>
       <c r="B33" s="7" t="s">
         <v>44</v>
       </c>
       <c r="C33" s="19" t="s">
-        <v>382</v>
+        <v>379</v>
       </c>
       <c r="D33" s="19" t="s">
-        <v>383</v>
+        <v>380</v>
       </c>
       <c r="E33" s="16"/>
       <c r="F33" s="10"/>
       <c r="G33" s="10"/>
       <c r="H33" s="10"/>
       <c r="I33" s="10"/>
       <c r="J33" s="20"/>
       <c r="K33" s="20"/>
       <c r="L33" s="20"/>
       <c r="M33" s="20"/>
       <c r="N33" s="20"/>
       <c r="O33" s="20"/>
       <c r="P33" s="20"/>
       <c r="Q33" s="20"/>
       <c r="R33" s="20"/>
       <c r="S33" s="20"/>
       <c r="T33" s="20"/>
       <c r="U33" s="20"/>
       <c r="V33" s="20"/>
       <c r="W33" s="20"/>
       <c r="X33" s="20"/>
       <c r="Y33" s="20"/>
       <c r="Z33" s="20"/>
       <c r="AA33" s="20"/>
       <c r="AB33" s="20"/>
       <c r="AC33" s="20"/>
       <c r="AD33" s="20"/>
       <c r="AE33" s="20"/>
       <c r="AF33" s="20"/>
       <c r="AG33" s="17"/>
       <c r="AH33" s="17"/>
       <c r="AI33" s="25"/>
       <c r="AJ33" s="27"/>
       <c r="AK33" s="29"/>
       <c r="AL33" s="21">
         <v>39448</v>
       </c>
       <c r="AM33" s="21">
         <v>42185</v>
       </c>
       <c r="AN33" s="21">
         <v>42177</v>
       </c>
       <c r="AO33" s="30"/>
     </row>
-    <row r="34" spans="1:41" s="58" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:41" s="58" customFormat="1" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A34" s="18" t="s">
-        <v>384</v>
+        <v>381</v>
       </c>
       <c r="B34" s="7" t="s">
         <v>44</v>
       </c>
       <c r="C34" s="19" t="s">
-        <v>385</v>
+        <v>382</v>
       </c>
       <c r="D34" s="19" t="s">
-        <v>386</v>
+        <v>383</v>
       </c>
       <c r="E34" s="16"/>
       <c r="F34" s="10"/>
       <c r="G34" s="10"/>
       <c r="H34" s="10"/>
       <c r="I34" s="10"/>
       <c r="J34" s="20"/>
       <c r="K34" s="20"/>
       <c r="L34" s="20"/>
       <c r="M34" s="20"/>
       <c r="N34" s="20"/>
       <c r="O34" s="20"/>
       <c r="P34" s="20"/>
       <c r="Q34" s="20"/>
       <c r="R34" s="20"/>
       <c r="S34" s="20"/>
       <c r="T34" s="20"/>
       <c r="U34" s="20"/>
       <c r="V34" s="20"/>
       <c r="W34" s="20"/>
       <c r="X34" s="20"/>
       <c r="Y34" s="20"/>
       <c r="Z34" s="20"/>
       <c r="AA34" s="20"/>
       <c r="AB34" s="20"/>
       <c r="AC34" s="20"/>
       <c r="AD34" s="20"/>
       <c r="AE34" s="20"/>
       <c r="AF34" s="20"/>
       <c r="AG34" s="17"/>
       <c r="AH34" s="17"/>
       <c r="AI34" s="25"/>
       <c r="AJ34" s="27"/>
       <c r="AK34" s="29"/>
       <c r="AL34" s="21">
         <v>39448</v>
       </c>
       <c r="AM34" s="21">
         <v>42185</v>
       </c>
       <c r="AN34" s="21">
         <v>42177</v>
       </c>
       <c r="AO34" s="30"/>
     </row>
-    <row r="35" spans="1:41" s="58" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:41" s="58" customFormat="1" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A35" s="18" t="s">
-        <v>387</v>
+        <v>384</v>
       </c>
       <c r="B35" s="7" t="s">
         <v>44</v>
       </c>
       <c r="C35" s="19" t="s">
-        <v>388</v>
+        <v>385</v>
       </c>
       <c r="D35" s="19" t="s">
-        <v>389</v>
+        <v>386</v>
       </c>
       <c r="E35" s="16"/>
       <c r="F35" s="10"/>
       <c r="G35" s="10"/>
       <c r="H35" s="10"/>
       <c r="I35" s="10"/>
       <c r="J35" s="20"/>
       <c r="K35" s="20"/>
       <c r="L35" s="20"/>
       <c r="M35" s="20"/>
       <c r="N35" s="20"/>
       <c r="O35" s="20"/>
       <c r="P35" s="20"/>
       <c r="Q35" s="20"/>
       <c r="R35" s="20"/>
       <c r="S35" s="20"/>
       <c r="T35" s="20"/>
       <c r="U35" s="20"/>
       <c r="V35" s="20"/>
       <c r="W35" s="20"/>
       <c r="X35" s="20"/>
       <c r="Y35" s="20"/>
       <c r="Z35" s="20"/>
       <c r="AA35" s="20"/>
       <c r="AB35" s="20"/>
       <c r="AC35" s="20"/>
       <c r="AD35" s="20"/>
       <c r="AE35" s="20"/>
       <c r="AF35" s="20"/>
       <c r="AG35" s="17"/>
       <c r="AH35" s="17"/>
-      <c r="AI35" s="29"/>
-      <c r="AJ35" s="29"/>
+      <c r="AI35" s="25"/>
+      <c r="AJ35" s="27"/>
       <c r="AK35" s="29"/>
       <c r="AL35" s="21">
         <v>39448</v>
       </c>
       <c r="AM35" s="21">
         <v>42185</v>
       </c>
       <c r="AN35" s="21">
         <v>42177</v>
       </c>
       <c r="AO35" s="30"/>
     </row>
-    <row r="36" spans="1:41" s="58" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:41" s="58" customFormat="1" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A36" s="18" t="s">
-        <v>407</v>
+        <v>387</v>
       </c>
       <c r="B36" s="7" t="s">
         <v>44</v>
       </c>
       <c r="C36" s="19" t="s">
-        <v>408</v>
+        <v>388</v>
       </c>
       <c r="D36" s="19" t="s">
-        <v>409</v>
+        <v>389</v>
       </c>
       <c r="E36" s="16"/>
-      <c r="F36" s="20"/>
-[...2 lines deleted...]
-      <c r="I36" s="20"/>
+      <c r="F36" s="10"/>
+      <c r="G36" s="10"/>
+      <c r="H36" s="10"/>
+      <c r="I36" s="10"/>
       <c r="J36" s="20"/>
       <c r="K36" s="20"/>
       <c r="L36" s="20"/>
       <c r="M36" s="20"/>
       <c r="N36" s="20"/>
       <c r="O36" s="20"/>
       <c r="P36" s="20"/>
       <c r="Q36" s="20"/>
       <c r="R36" s="20"/>
       <c r="S36" s="20"/>
       <c r="T36" s="20"/>
       <c r="U36" s="20"/>
       <c r="V36" s="20"/>
       <c r="W36" s="20"/>
       <c r="X36" s="20"/>
       <c r="Y36" s="20"/>
       <c r="Z36" s="20"/>
       <c r="AA36" s="20"/>
       <c r="AB36" s="20"/>
       <c r="AC36" s="20"/>
       <c r="AD36" s="20"/>
       <c r="AE36" s="20"/>
       <c r="AF36" s="20"/>
-      <c r="AG36" s="17" t="s">
+      <c r="AG36" s="17"/>
+      <c r="AH36" s="17"/>
+      <c r="AI36" s="29"/>
+      <c r="AJ36" s="29"/>
+      <c r="AK36" s="29"/>
+      <c r="AL36" s="21">
+        <v>39448</v>
+      </c>
+      <c r="AM36" s="21">
+        <v>42185</v>
+      </c>
+      <c r="AN36" s="21">
+        <v>42177</v>
+      </c>
+      <c r="AO36" s="30"/>
+    </row>
+    <row r="37" spans="1:41" s="58" customFormat="1" ht="13.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="18" t="s">
+        <v>407</v>
+      </c>
+      <c r="B37" s="7" t="s">
+        <v>44</v>
+      </c>
+      <c r="C37" s="19" t="s">
+        <v>408</v>
+      </c>
+      <c r="D37" s="19" t="s">
+        <v>409</v>
+      </c>
+      <c r="E37" s="16"/>
+      <c r="F37" s="20"/>
+      <c r="G37" s="20"/>
+      <c r="H37" s="20"/>
+      <c r="I37" s="20"/>
+      <c r="J37" s="20"/>
+      <c r="K37" s="20"/>
+      <c r="L37" s="20"/>
+      <c r="M37" s="20"/>
+      <c r="N37" s="20"/>
+      <c r="O37" s="20"/>
+      <c r="P37" s="20"/>
+      <c r="Q37" s="20"/>
+      <c r="R37" s="20"/>
+      <c r="S37" s="20"/>
+      <c r="T37" s="20"/>
+      <c r="U37" s="20"/>
+      <c r="V37" s="20"/>
+      <c r="W37" s="20"/>
+      <c r="X37" s="20"/>
+      <c r="Y37" s="20"/>
+      <c r="Z37" s="20"/>
+      <c r="AA37" s="20"/>
+      <c r="AB37" s="20"/>
+      <c r="AC37" s="20"/>
+      <c r="AD37" s="20"/>
+      <c r="AE37" s="20"/>
+      <c r="AF37" s="20"/>
+      <c r="AG37" s="17" t="s">
         <v>410</v>
       </c>
-      <c r="AH36" s="17" t="s">
+      <c r="AH37" s="17" t="s">
         <v>410</v>
       </c>
-      <c r="AI36" s="27"/>
-[...2 lines deleted...]
-      <c r="AL36" s="21">
+      <c r="AI37" s="27"/>
+      <c r="AJ37" s="27"/>
+      <c r="AK37" s="27"/>
+      <c r="AL37" s="21">
         <v>37257</v>
       </c>
-      <c r="AM36" s="21">
+      <c r="AM37" s="21">
         <v>2958465</v>
       </c>
-      <c r="AN36" s="21">
+      <c r="AN37" s="21">
         <v>44830</v>
       </c>
-      <c r="AO36" s="30"/>
-[...4 lines deleted...]
-    <row r="38" spans="1:41" x14ac:dyDescent="0.25">
+      <c r="AO37" s="30"/>
+    </row>
+    <row r="38" spans="1:41" x14ac:dyDescent="0.3">
       <c r="AE38" s="31"/>
     </row>
-    <row r="39" spans="1:41" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:41" x14ac:dyDescent="0.3">
       <c r="AE39" s="31"/>
     </row>
-    <row r="40" spans="1:41" x14ac:dyDescent="0.25">
-      <c r="C40" s="32"/>
+    <row r="40" spans="1:41" x14ac:dyDescent="0.3">
       <c r="AE40" s="31"/>
     </row>
-    <row r="41" spans="1:41" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:41" x14ac:dyDescent="0.3">
       <c r="C41" s="32"/>
       <c r="AE41" s="31"/>
     </row>
-    <row r="42" spans="1:41" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:41" x14ac:dyDescent="0.3">
       <c r="C42" s="32"/>
       <c r="AE42" s="31"/>
-      <c r="AL42" s="3"/>
-[...1 lines deleted...]
-    <row r="43" spans="1:41" x14ac:dyDescent="0.25">
+    </row>
+    <row r="43" spans="1:41" x14ac:dyDescent="0.3">
+      <c r="C43" s="32"/>
+      <c r="AE43" s="31"/>
       <c r="AL43" s="3"/>
     </row>
-    <row r="44" spans="1:41" x14ac:dyDescent="0.25">
-      <c r="AI44" s="3"/>
+    <row r="44" spans="1:41" x14ac:dyDescent="0.3">
+      <c r="AL44" s="3"/>
+    </row>
+    <row r="45" spans="1:41" x14ac:dyDescent="0.3">
+      <c r="AI45" s="3"/>
     </row>
   </sheetData>
-  <autoFilter ref="A4:AO36" xr:uid="{7567550B-0710-4F95-90FF-2BE4554D4532}"/>
+  <autoFilter ref="A4:AO37" xr:uid="{7567550B-0710-4F95-90FF-2BE4554D4532}"/>
   <mergeCells count="36">
+    <mergeCell ref="Q2:Q3"/>
+    <mergeCell ref="A2:A3"/>
+    <mergeCell ref="B2:B3"/>
+    <mergeCell ref="C2:C3"/>
+    <mergeCell ref="D2:D3"/>
+    <mergeCell ref="F2:J2"/>
+    <mergeCell ref="K2:K3"/>
+    <mergeCell ref="L2:L3"/>
+    <mergeCell ref="M2:M3"/>
+    <mergeCell ref="N2:N3"/>
+    <mergeCell ref="O2:O3"/>
+    <mergeCell ref="P2:P3"/>
+    <mergeCell ref="AC2:AC3"/>
+    <mergeCell ref="R2:R3"/>
+    <mergeCell ref="S2:S3"/>
+    <mergeCell ref="T2:T3"/>
+    <mergeCell ref="U2:U3"/>
+    <mergeCell ref="V2:V3"/>
+    <mergeCell ref="W2:W3"/>
+    <mergeCell ref="X2:X3"/>
+    <mergeCell ref="Y2:Y3"/>
+    <mergeCell ref="Z2:Z3"/>
+    <mergeCell ref="AA2:AA3"/>
+    <mergeCell ref="AB2:AB3"/>
     <mergeCell ref="AO2:AO3"/>
     <mergeCell ref="AD2:AD3"/>
     <mergeCell ref="AE2:AE3"/>
     <mergeCell ref="AF2:AF3"/>
     <mergeCell ref="AG2:AG3"/>
     <mergeCell ref="AH2:AH3"/>
     <mergeCell ref="AI2:AI3"/>
     <mergeCell ref="AJ2:AJ3"/>
     <mergeCell ref="AK2:AK3"/>
     <mergeCell ref="AL2:AL3"/>
     <mergeCell ref="AM2:AM3"/>
     <mergeCell ref="AN2:AN3"/>
-    <mergeCell ref="AC2:AC3"/>
-[...22 lines deleted...]
-    <mergeCell ref="P2:P3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="23" orientation="portrait" r:id="rId1"/>
   <customProperties>
     <customPr name="_pios_id" r:id="rId2"/>
   </customProperties>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{a7a56758-cff2-477b-bb1d-5b1675037bee}" enabled="1" method="Privileged" siteId="{98616167-5668-4e66-acbf-925e81df8b00}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
@@ -15083,27 +14773,39 @@
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_0205858e-9294-46c5-ad97-4b22fdf546f1_SetDate">
     <vt:lpwstr>2025-11-11T12:13:09Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_0205858e-9294-46c5-ad97-4b22fdf546f1_Method">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_0205858e-9294-46c5-ad97-4b22fdf546f1_Name">
     <vt:lpwstr>Sensibel (C)</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_0205858e-9294-46c5-ad97-4b22fdf546f1_SiteId">
     <vt:lpwstr>96e5b9ed-5716-4cf3-ac0c-9c12acfa73c3</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_0205858e-9294-46c5-ad97-4b22fdf546f1_ActionId">
     <vt:lpwstr>52b8cb3e-03b5-4cb3-9c41-5b3df0bf2037</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_0205858e-9294-46c5-ad97-4b22fdf546f1_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_0205858e-9294-46c5-ad97-4b22fdf546f1_Tag">
     <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="_NewReviewCycle">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="_AdHocReviewCycleID">
+    <vt:i4>938479402</vt:i4>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="_EmailSubject">
+    <vt:lpwstr>Aktualisierung Homepage - Antwortcodes und Tarife</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="_AuthorEmail">
+    <vt:lpwstr>gregor.ineichen@helsana.ch</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="_AuthorEmailDisplayName">
+    <vt:lpwstr>Ineichen Gregor</vt:lpwstr>
+  </property>
 </Properties>
 </file>