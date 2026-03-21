--- v0 (2025-12-18)
+++ v1 (2026-03-21)
@@ -1,70 +1,70 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\hkj5p\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{72385731-3FF3-4AE2-843B-13CEE1B2982E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{E5518AD9-E916-478E-B37C-660BB4E7DBCA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-104" yWindow="-104" windowWidth="22326" windowHeight="11924" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="tariff" sheetId="17" r:id="rId1"/>
     <sheet name="tariff_information" sheetId="7" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">tariff!$A$1:$O$35</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">tariff_information!$A$1:$L$2</definedName>
   </definedNames>
-  <calcPr calcId="191029"/>
+  <calcPr calcId="191029" iterate="1"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="341" uniqueCount="136">
   <si>
     <t>Allgemeines</t>
   </si>
   <si>
     <t>Généralités</t>
   </si>
@@ -446,51 +446,51 @@
   <si>
     <t>prio.swiss, FMH</t>
   </si>
   <si>
     <t>KVG, VVG</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>tariff_no</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>0</t>
   </si>
   <si>
     <t>version</t>
   </si>
   <si>
-    <t>1.5</t>
+    <t>1.6</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="0.0000000000"/>
     <numFmt numFmtId="165" formatCode="yyyy\-mm\-dd;@"/>
   </numFmts>
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -506,71 +506,77 @@
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="5">
+  <fills count="6">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="8"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF2DA0AD"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="5">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
@@ -604,51 +610,51 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="38">
+  <cellXfs count="40">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="4" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="4" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="4" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
@@ -709,50 +715,56 @@
     </xf>
     <xf numFmtId="49" fontId="4" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="4" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="165" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="4" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="6" fillId="4" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="165" fontId="4" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle name="Akzent5 2" xfId="1" xr:uid="{FD61DE6E-EE9C-4EE8-9F18-05655D58334F}"/>
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
     <cellStyle name="Standard 2" xfId="2" xr:uid="{F0DF3EC4-5476-4B13-89D3-4C233E788A9B}"/>
     <cellStyle name="Standard 2 2" xfId="4" xr:uid="{3A00E362-03E0-491E-BAF4-8E69538C568D}"/>
     <cellStyle name="Standard 3" xfId="5" xr:uid="{C46240B3-106A-473F-9E11-A32511D08FE6}"/>
     <cellStyle name="Standard 6" xfId="3" xr:uid="{B9FF1BA1-23B1-4603-BF6C-D330AF92A6FB}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF2DA0AD"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
@@ -1014,1529 +1026,1529 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2F536C3B-628F-456A-BC3F-D2C4EA91EDEA}">
   <sheetPr>
     <tabColor rgb="FF2DA0AD"/>
   </sheetPr>
   <dimension ref="A1:O35"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="8.85546875" defaultRowHeight="12.75" outlineLevelCol="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="8.8984375" defaultRowHeight="13.25" outlineLevelCol="1" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="6.7109375" style="1" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="16" max="16384" width="8.85546875" style="1"/>
+    <col min="1" max="1" width="6.69921875" style="1" customWidth="1"/>
+    <col min="2" max="2" width="6.69921875" style="1" customWidth="1" outlineLevel="1"/>
+    <col min="3" max="5" width="12.69921875" style="17" customWidth="1"/>
+    <col min="6" max="6" width="55.69921875" style="1" customWidth="1"/>
+    <col min="7" max="7" width="100.69921875" style="1" customWidth="1" outlineLevel="1"/>
+    <col min="8" max="8" width="55.69921875" style="1" customWidth="1"/>
+    <col min="9" max="9" width="100.69921875" style="1" customWidth="1" outlineLevel="1"/>
+    <col min="10" max="10" width="55.69921875" style="1" customWidth="1"/>
+    <col min="11" max="11" width="100.69921875" style="1" customWidth="1" outlineLevel="1"/>
+    <col min="12" max="12" width="11.8984375" style="19" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="11.8984375" style="20" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="14.69921875" style="1" customWidth="1"/>
+    <col min="15" max="15" width="14.69921875" style="18" customWidth="1"/>
+    <col min="16" max="16384" width="8.8984375" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A1" s="21" t="s">
         <v>3</v>
       </c>
       <c r="B1" s="21" t="s">
         <v>4</v>
       </c>
       <c r="C1" s="22" t="s">
         <v>131</v>
       </c>
       <c r="D1" s="22" t="s">
         <v>5</v>
       </c>
       <c r="E1" s="22" t="s">
         <v>6</v>
       </c>
       <c r="F1" s="21" t="s">
         <v>7</v>
       </c>
       <c r="G1" s="21" t="s">
         <v>8</v>
       </c>
       <c r="H1" s="21" t="s">
         <v>9</v>
       </c>
       <c r="I1" s="21" t="s">
         <v>10</v>
       </c>
       <c r="J1" s="21" t="s">
         <v>11</v>
       </c>
       <c r="K1" s="21" t="s">
         <v>12</v>
       </c>
       <c r="L1" s="23" t="s">
         <v>13</v>
       </c>
       <c r="M1" s="24" t="s">
         <v>14</v>
       </c>
       <c r="N1" s="25" t="s">
         <v>15</v>
       </c>
       <c r="O1" s="25" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="2" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A2" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B2" s="2">
         <v>1</v>
       </c>
       <c r="C2" s="3" t="s">
         <v>28</v>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="4"/>
       <c r="F2" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G2" s="5" t="s">
         <v>132</v>
       </c>
       <c r="H2" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I2" s="5" t="s">
         <v>132</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K2" s="5" t="s">
         <v>132</v>
       </c>
       <c r="L2" s="7">
         <v>41030</v>
       </c>
       <c r="M2" s="8">
         <v>401768</v>
       </c>
       <c r="N2" s="6"/>
       <c r="O2" s="6"/>
     </row>
-    <row r="3" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A3" s="2" t="s">
         <v>26</v>
       </c>
       <c r="B3" s="2">
         <v>1</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>28</v>
       </c>
       <c r="D3" s="3" t="s">
         <v>133</v>
       </c>
       <c r="E3" s="4"/>
       <c r="F3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="G3" s="5" t="s">
         <v>132</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="I3" s="5" t="s">
         <v>132</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="K3" s="5" t="s">
         <v>132</v>
       </c>
       <c r="L3" s="7">
         <v>41030</v>
       </c>
       <c r="M3" s="8">
         <v>401768</v>
       </c>
       <c r="N3" s="6"/>
       <c r="O3" s="6"/>
     </row>
-    <row r="4" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A4" s="9" t="s">
         <v>27</v>
       </c>
       <c r="B4" s="9">
         <v>2</v>
       </c>
       <c r="C4" s="10" t="s">
         <v>28</v>
       </c>
       <c r="D4" s="10" t="s">
         <v>129</v>
       </c>
       <c r="E4" s="11">
         <v>1000</v>
       </c>
       <c r="F4" s="9" t="s">
         <v>32</v>
       </c>
       <c r="G4" s="12" t="s">
         <v>132</v>
       </c>
       <c r="H4" s="9" t="s">
         <v>63</v>
       </c>
       <c r="I4" s="12" t="s">
         <v>132</v>
       </c>
       <c r="J4" s="9" t="s">
         <v>92</v>
       </c>
       <c r="K4" s="12" t="s">
         <v>132</v>
       </c>
       <c r="L4" s="15">
         <v>41030</v>
       </c>
       <c r="M4" s="16">
         <v>401768</v>
       </c>
       <c r="N4" s="13"/>
       <c r="O4" s="14"/>
     </row>
-    <row r="5" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A5" s="9" t="s">
         <v>27</v>
       </c>
       <c r="B5" s="9">
         <v>2</v>
       </c>
       <c r="C5" s="10" t="s">
         <v>28</v>
       </c>
       <c r="D5" s="10" t="s">
         <v>129</v>
       </c>
       <c r="E5" s="11">
         <v>1001</v>
       </c>
       <c r="F5" s="9" t="s">
         <v>33</v>
       </c>
       <c r="G5" s="12" t="s">
         <v>132</v>
       </c>
       <c r="H5" s="9" t="s">
         <v>64</v>
       </c>
       <c r="I5" s="12" t="s">
         <v>132</v>
       </c>
       <c r="J5" s="9" t="s">
         <v>93</v>
       </c>
       <c r="K5" s="12" t="s">
         <v>132</v>
       </c>
       <c r="L5" s="15">
         <v>41030</v>
       </c>
       <c r="M5" s="16">
         <v>401768</v>
       </c>
       <c r="N5" s="13"/>
       <c r="O5" s="14"/>
     </row>
-    <row r="6" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A6" s="9" t="s">
         <v>27</v>
       </c>
       <c r="B6" s="9">
         <v>2</v>
       </c>
       <c r="C6" s="10" t="s">
         <v>28</v>
       </c>
       <c r="D6" s="10" t="s">
         <v>129</v>
       </c>
       <c r="E6" s="11">
         <v>2000</v>
       </c>
       <c r="F6" s="9" t="s">
         <v>34</v>
       </c>
       <c r="G6" s="12" t="s">
         <v>132</v>
       </c>
       <c r="H6" s="9" t="s">
         <v>65</v>
       </c>
       <c r="I6" s="12" t="s">
         <v>132</v>
       </c>
       <c r="J6" s="9" t="s">
         <v>94</v>
       </c>
       <c r="K6" s="12" t="s">
         <v>132</v>
       </c>
       <c r="L6" s="15">
         <v>41030</v>
       </c>
-      <c r="M6" s="16">
-        <v>401768</v>
+      <c r="M6" s="38">
+        <v>46022</v>
       </c>
       <c r="N6" s="13"/>
       <c r="O6" s="14"/>
     </row>
-    <row r="7" spans="1:15" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:15" ht="26.5" x14ac:dyDescent="0.3">
       <c r="A7" s="9" t="s">
         <v>27</v>
       </c>
       <c r="B7" s="9">
         <v>2</v>
       </c>
       <c r="C7" s="10" t="s">
         <v>28</v>
       </c>
       <c r="D7" s="10" t="s">
         <v>129</v>
       </c>
       <c r="E7" s="11">
         <v>2001</v>
       </c>
       <c r="F7" s="9" t="s">
         <v>35</v>
       </c>
       <c r="G7" s="12" t="s">
         <v>132</v>
       </c>
       <c r="H7" s="9" t="s">
         <v>66</v>
       </c>
       <c r="I7" s="12" t="s">
         <v>132</v>
       </c>
       <c r="J7" s="9" t="s">
         <v>95</v>
       </c>
       <c r="K7" s="12" t="s">
         <v>132</v>
       </c>
       <c r="L7" s="15">
         <v>41030</v>
       </c>
       <c r="M7" s="16">
         <v>401768</v>
       </c>
       <c r="N7" s="13"/>
       <c r="O7" s="14"/>
     </row>
-    <row r="8" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A8" s="9" t="s">
         <v>27</v>
       </c>
       <c r="B8" s="9">
         <v>2</v>
       </c>
       <c r="C8" s="10" t="s">
         <v>28</v>
       </c>
       <c r="D8" s="10" t="s">
         <v>129</v>
       </c>
-      <c r="E8" s="11" t="s">
+      <c r="E8" s="39" t="s">
         <v>123</v>
       </c>
       <c r="F8" s="9" t="s">
         <v>124</v>
       </c>
       <c r="G8" s="12" t="s">
         <v>132</v>
       </c>
       <c r="H8" s="9" t="s">
         <v>126</v>
       </c>
       <c r="I8" s="12" t="s">
         <v>132</v>
       </c>
       <c r="J8" s="9" t="s">
         <v>125</v>
       </c>
       <c r="K8" s="12" t="s">
         <v>132</v>
       </c>
       <c r="L8" s="15">
         <v>46023</v>
       </c>
       <c r="M8" s="16">
         <v>401768</v>
       </c>
       <c r="N8" s="13"/>
       <c r="O8" s="14"/>
     </row>
-    <row r="9" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A9" s="9" t="s">
         <v>27</v>
       </c>
       <c r="B9" s="9">
         <v>2</v>
       </c>
       <c r="C9" s="10" t="s">
         <v>28</v>
       </c>
       <c r="D9" s="11" t="s">
         <v>129</v>
       </c>
       <c r="E9" s="11">
         <v>3002</v>
       </c>
       <c r="F9" s="9" t="s">
         <v>36</v>
       </c>
       <c r="G9" s="12" t="s">
         <v>132</v>
       </c>
       <c r="H9" s="9" t="s">
         <v>67</v>
       </c>
       <c r="I9" s="12" t="s">
         <v>132</v>
       </c>
       <c r="J9" s="9" t="s">
         <v>96</v>
       </c>
       <c r="K9" s="12" t="s">
         <v>132</v>
       </c>
       <c r="L9" s="15">
         <v>41030</v>
       </c>
       <c r="M9" s="16">
         <v>401768</v>
       </c>
       <c r="N9" s="13"/>
       <c r="O9" s="14"/>
     </row>
-    <row r="10" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A10" s="9" t="s">
         <v>27</v>
       </c>
       <c r="B10" s="9">
         <v>2</v>
       </c>
       <c r="C10" s="10" t="s">
         <v>28</v>
       </c>
       <c r="D10" s="11" t="s">
         <v>129</v>
       </c>
       <c r="E10" s="11">
         <v>3003</v>
       </c>
       <c r="F10" s="9" t="s">
         <v>37</v>
       </c>
       <c r="G10" s="12" t="s">
         <v>132</v>
       </c>
       <c r="H10" s="9" t="s">
         <v>68</v>
       </c>
       <c r="I10" s="12" t="s">
         <v>132</v>
       </c>
       <c r="J10" s="9" t="s">
         <v>97</v>
       </c>
       <c r="K10" s="12" t="s">
         <v>132</v>
       </c>
       <c r="L10" s="15">
         <v>41030</v>
       </c>
       <c r="M10" s="16">
         <v>401768</v>
       </c>
       <c r="N10" s="13"/>
       <c r="O10" s="14"/>
     </row>
-    <row r="11" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A11" s="9" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="9">
         <v>2</v>
       </c>
       <c r="C11" s="10" t="s">
         <v>28</v>
       </c>
       <c r="D11" s="11" t="s">
         <v>129</v>
       </c>
       <c r="E11" s="11">
         <v>3004</v>
       </c>
       <c r="F11" s="9" t="s">
         <v>38</v>
       </c>
       <c r="G11" s="12" t="s">
         <v>132</v>
       </c>
       <c r="H11" s="9" t="s">
         <v>69</v>
       </c>
       <c r="I11" s="12" t="s">
         <v>132</v>
       </c>
       <c r="J11" s="9" t="s">
         <v>98</v>
       </c>
       <c r="K11" s="12" t="s">
         <v>132</v>
       </c>
       <c r="L11" s="15">
         <v>41030</v>
       </c>
       <c r="M11" s="16">
         <v>401768</v>
       </c>
       <c r="N11" s="13"/>
       <c r="O11" s="14"/>
     </row>
-    <row r="12" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A12" s="9" t="s">
         <v>27</v>
       </c>
       <c r="B12" s="9">
         <v>2</v>
       </c>
       <c r="C12" s="10" t="s">
         <v>28</v>
       </c>
       <c r="D12" s="11" t="s">
         <v>129</v>
       </c>
       <c r="E12" s="11">
         <v>3005</v>
       </c>
       <c r="F12" s="9" t="s">
         <v>39</v>
       </c>
       <c r="G12" s="12" t="s">
         <v>132</v>
       </c>
       <c r="H12" s="9" t="s">
         <v>70</v>
       </c>
       <c r="I12" s="12" t="s">
         <v>132</v>
       </c>
       <c r="J12" s="9" t="s">
         <v>99</v>
       </c>
       <c r="K12" s="12" t="s">
         <v>132</v>
       </c>
       <c r="L12" s="15">
         <v>41030</v>
       </c>
       <c r="M12" s="16">
         <v>401768</v>
       </c>
       <c r="N12" s="13"/>
       <c r="O12" s="14"/>
     </row>
-    <row r="13" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A13" s="9" t="s">
         <v>27</v>
       </c>
       <c r="B13" s="9">
         <v>2</v>
       </c>
       <c r="C13" s="10" t="s">
         <v>28</v>
       </c>
       <c r="D13" s="11" t="s">
         <v>129</v>
       </c>
       <c r="E13" s="11">
         <v>3006</v>
       </c>
       <c r="F13" s="9" t="s">
         <v>40</v>
       </c>
       <c r="G13" s="12" t="s">
         <v>132</v>
       </c>
       <c r="H13" s="9" t="s">
         <v>71</v>
       </c>
       <c r="I13" s="12" t="s">
         <v>132</v>
       </c>
       <c r="J13" s="9" t="s">
         <v>100</v>
       </c>
       <c r="K13" s="12" t="s">
         <v>132</v>
       </c>
       <c r="L13" s="15">
         <v>41030</v>
       </c>
       <c r="M13" s="16">
         <v>401768</v>
       </c>
       <c r="N13" s="13"/>
       <c r="O13" s="14"/>
     </row>
-    <row r="14" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A14" s="9" t="s">
         <v>27</v>
       </c>
       <c r="B14" s="9">
         <v>2</v>
       </c>
       <c r="C14" s="10" t="s">
         <v>28</v>
       </c>
       <c r="D14" s="10" t="s">
         <v>129</v>
       </c>
       <c r="E14" s="11">
         <v>3007</v>
       </c>
       <c r="F14" s="9" t="s">
         <v>41</v>
       </c>
       <c r="G14" s="12" t="s">
         <v>132</v>
       </c>
       <c r="H14" s="9" t="s">
         <v>72</v>
       </c>
       <c r="I14" s="12" t="s">
         <v>132</v>
       </c>
       <c r="J14" s="9" t="s">
         <v>101</v>
       </c>
       <c r="K14" s="12" t="s">
         <v>132</v>
       </c>
       <c r="L14" s="15">
         <v>41030</v>
       </c>
       <c r="M14" s="16">
         <v>401768</v>
       </c>
       <c r="N14" s="13"/>
       <c r="O14" s="14"/>
     </row>
-    <row r="15" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A15" s="9" t="s">
         <v>27</v>
       </c>
       <c r="B15" s="9">
         <v>2</v>
       </c>
       <c r="C15" s="10" t="s">
         <v>28</v>
       </c>
       <c r="D15" s="10" t="s">
         <v>129</v>
       </c>
       <c r="E15" s="11">
         <v>3008</v>
       </c>
       <c r="F15" s="9" t="s">
         <v>42</v>
       </c>
       <c r="G15" s="12" t="s">
         <v>132</v>
       </c>
       <c r="H15" s="9" t="s">
         <v>42</v>
       </c>
       <c r="I15" s="12" t="s">
         <v>132</v>
       </c>
       <c r="J15" s="9" t="s">
         <v>102</v>
       </c>
       <c r="K15" s="12" t="s">
         <v>132</v>
       </c>
       <c r="L15" s="15">
         <v>41030</v>
       </c>
       <c r="M15" s="16">
         <v>401768</v>
       </c>
       <c r="N15" s="13"/>
       <c r="O15" s="14"/>
     </row>
-    <row r="16" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A16" s="9" t="s">
         <v>27</v>
       </c>
       <c r="B16" s="9">
         <v>2</v>
       </c>
       <c r="C16" s="10" t="s">
         <v>28</v>
       </c>
       <c r="D16" s="10" t="s">
         <v>129</v>
       </c>
       <c r="E16" s="11">
         <v>3009</v>
       </c>
       <c r="F16" s="9" t="s">
         <v>43</v>
       </c>
       <c r="G16" s="12" t="s">
         <v>132</v>
       </c>
       <c r="H16" s="9" t="s">
         <v>73</v>
       </c>
       <c r="I16" s="12" t="s">
         <v>132</v>
       </c>
       <c r="J16" s="9" t="s">
         <v>103</v>
       </c>
       <c r="K16" s="12" t="s">
         <v>132</v>
       </c>
       <c r="L16" s="15">
         <v>41030</v>
       </c>
       <c r="M16" s="16">
         <v>401768</v>
       </c>
       <c r="N16" s="13"/>
       <c r="O16" s="14"/>
     </row>
-    <row r="17" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A17" s="9" t="s">
         <v>27</v>
       </c>
       <c r="B17" s="9">
         <v>2</v>
       </c>
       <c r="C17" s="10" t="s">
         <v>28</v>
       </c>
       <c r="D17" s="10" t="s">
         <v>129</v>
       </c>
       <c r="E17" s="11">
         <v>3010</v>
       </c>
       <c r="F17" s="9" t="s">
         <v>44</v>
       </c>
       <c r="G17" s="12" t="s">
         <v>132</v>
       </c>
       <c r="H17" s="9" t="s">
         <v>74</v>
       </c>
       <c r="I17" s="12" t="s">
         <v>132</v>
       </c>
       <c r="J17" s="9" t="s">
         <v>104</v>
       </c>
       <c r="K17" s="12" t="s">
         <v>132</v>
       </c>
       <c r="L17" s="15">
         <v>41030</v>
       </c>
       <c r="M17" s="16">
         <v>401768</v>
       </c>
       <c r="N17" s="13"/>
       <c r="O17" s="14"/>
     </row>
-    <row r="18" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A18" s="9" t="s">
         <v>27</v>
       </c>
       <c r="B18" s="9">
         <v>2</v>
       </c>
       <c r="C18" s="10" t="s">
         <v>28</v>
       </c>
       <c r="D18" s="11" t="s">
         <v>129</v>
       </c>
       <c r="E18" s="11">
         <v>3011</v>
       </c>
       <c r="F18" s="9" t="s">
         <v>45</v>
       </c>
       <c r="G18" s="12" t="s">
         <v>132</v>
       </c>
       <c r="H18" s="9" t="s">
         <v>75</v>
       </c>
       <c r="I18" s="12" t="s">
         <v>132</v>
       </c>
       <c r="J18" s="9" t="s">
         <v>105</v>
       </c>
       <c r="K18" s="12" t="s">
         <v>132</v>
       </c>
       <c r="L18" s="15">
         <v>41030</v>
       </c>
       <c r="M18" s="16">
         <v>401768</v>
       </c>
       <c r="N18" s="13"/>
       <c r="O18" s="14"/>
     </row>
-    <row r="19" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A19" s="9" t="s">
         <v>27</v>
       </c>
       <c r="B19" s="9">
         <v>2</v>
       </c>
       <c r="C19" s="10" t="s">
         <v>28</v>
       </c>
       <c r="D19" s="11" t="s">
         <v>129</v>
       </c>
       <c r="E19" s="11">
         <v>3012</v>
       </c>
       <c r="F19" s="9" t="s">
         <v>46</v>
       </c>
       <c r="G19" s="12" t="s">
         <v>132</v>
       </c>
       <c r="H19" s="9" t="s">
         <v>76</v>
       </c>
       <c r="I19" s="12" t="s">
         <v>132</v>
       </c>
       <c r="J19" s="9" t="s">
         <v>106</v>
       </c>
       <c r="K19" s="12" t="s">
         <v>132</v>
       </c>
       <c r="L19" s="15">
         <v>41030</v>
       </c>
       <c r="M19" s="16">
         <v>401768</v>
       </c>
       <c r="N19" s="13"/>
       <c r="O19" s="14"/>
     </row>
-    <row r="20" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A20" s="9" t="s">
         <v>27</v>
       </c>
       <c r="B20" s="9">
         <v>2</v>
       </c>
       <c r="C20" s="10" t="s">
         <v>28</v>
       </c>
       <c r="D20" s="11" t="s">
         <v>129</v>
       </c>
       <c r="E20" s="11">
         <v>3013</v>
       </c>
       <c r="F20" s="9" t="s">
         <v>47</v>
       </c>
       <c r="G20" s="12" t="s">
         <v>132</v>
       </c>
       <c r="H20" s="9" t="s">
         <v>47</v>
       </c>
       <c r="I20" s="12" t="s">
         <v>132</v>
       </c>
       <c r="J20" s="9" t="s">
         <v>107</v>
       </c>
       <c r="K20" s="12" t="s">
         <v>132</v>
       </c>
       <c r="L20" s="15">
         <v>41030</v>
       </c>
       <c r="M20" s="16">
         <v>401768</v>
       </c>
       <c r="N20" s="13"/>
       <c r="O20" s="14"/>
     </row>
-    <row r="21" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A21" s="9" t="s">
         <v>27</v>
       </c>
       <c r="B21" s="9">
         <v>2</v>
       </c>
       <c r="C21" s="10" t="s">
         <v>28</v>
       </c>
       <c r="D21" s="11" t="s">
         <v>129</v>
       </c>
       <c r="E21" s="11">
         <v>3014</v>
       </c>
       <c r="F21" s="9" t="s">
         <v>48</v>
       </c>
       <c r="G21" s="12" t="s">
         <v>132</v>
       </c>
       <c r="H21" s="9" t="s">
         <v>77</v>
       </c>
       <c r="I21" s="12" t="s">
         <v>132</v>
       </c>
       <c r="J21" s="9" t="s">
         <v>108</v>
       </c>
       <c r="K21" s="12" t="s">
         <v>132</v>
       </c>
       <c r="L21" s="15">
         <v>41030</v>
       </c>
       <c r="M21" s="16">
         <v>401768</v>
       </c>
       <c r="N21" s="13"/>
       <c r="O21" s="14"/>
     </row>
-    <row r="22" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A22" s="9" t="s">
         <v>27</v>
       </c>
       <c r="B22" s="9">
         <v>2</v>
       </c>
       <c r="C22" s="10" t="s">
         <v>28</v>
       </c>
       <c r="D22" s="11" t="s">
         <v>129</v>
       </c>
       <c r="E22" s="11">
         <v>3015</v>
       </c>
       <c r="F22" s="9" t="s">
         <v>49</v>
       </c>
       <c r="G22" s="12" t="s">
         <v>132</v>
       </c>
       <c r="H22" s="9" t="s">
         <v>78</v>
       </c>
       <c r="I22" s="12" t="s">
         <v>132</v>
       </c>
       <c r="J22" s="9" t="s">
         <v>109</v>
       </c>
       <c r="K22" s="12" t="s">
         <v>132</v>
       </c>
       <c r="L22" s="15">
         <v>41030</v>
       </c>
       <c r="M22" s="16">
         <v>401768</v>
       </c>
       <c r="N22" s="13"/>
       <c r="O22" s="14"/>
     </row>
-    <row r="23" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A23" s="9" t="s">
         <v>27</v>
       </c>
       <c r="B23" s="9">
         <v>2</v>
       </c>
       <c r="C23" s="10" t="s">
         <v>28</v>
       </c>
       <c r="D23" s="10" t="s">
         <v>129</v>
       </c>
       <c r="E23" s="11">
         <v>3016</v>
       </c>
       <c r="F23" s="9" t="s">
         <v>50</v>
       </c>
       <c r="G23" s="12" t="s">
         <v>132</v>
       </c>
       <c r="H23" s="9" t="s">
         <v>79</v>
       </c>
       <c r="I23" s="12" t="s">
         <v>132</v>
       </c>
       <c r="J23" s="9" t="s">
         <v>110</v>
       </c>
       <c r="K23" s="12" t="s">
         <v>132</v>
       </c>
       <c r="L23" s="15">
         <v>41030</v>
       </c>
       <c r="M23" s="16">
         <v>401768</v>
       </c>
       <c r="N23" s="13"/>
       <c r="O23" s="14"/>
     </row>
-    <row r="24" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A24" s="9" t="s">
         <v>27</v>
       </c>
       <c r="B24" s="9">
         <v>2</v>
       </c>
       <c r="C24" s="10" t="s">
         <v>28</v>
       </c>
       <c r="D24" s="10" t="s">
         <v>129</v>
       </c>
       <c r="E24" s="11">
         <v>3017</v>
       </c>
       <c r="F24" s="9" t="s">
         <v>51</v>
       </c>
       <c r="G24" s="12" t="s">
         <v>132</v>
       </c>
       <c r="H24" s="9" t="s">
         <v>80</v>
       </c>
       <c r="I24" s="12" t="s">
         <v>132</v>
       </c>
       <c r="J24" s="9" t="s">
         <v>111</v>
       </c>
       <c r="K24" s="12" t="s">
         <v>132</v>
       </c>
       <c r="L24" s="15">
         <v>41030</v>
       </c>
       <c r="M24" s="16">
         <v>401768</v>
       </c>
       <c r="N24" s="13"/>
       <c r="O24" s="14"/>
     </row>
-    <row r="25" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A25" s="9" t="s">
         <v>27</v>
       </c>
       <c r="B25" s="9">
         <v>2</v>
       </c>
       <c r="C25" s="10" t="s">
         <v>28</v>
       </c>
       <c r="D25" s="10" t="s">
         <v>130</v>
       </c>
       <c r="E25" s="11">
         <v>3018</v>
       </c>
       <c r="F25" s="9" t="s">
         <v>52</v>
       </c>
       <c r="G25" s="12" t="s">
         <v>132</v>
       </c>
       <c r="H25" s="9" t="s">
         <v>81</v>
       </c>
       <c r="I25" s="12" t="s">
         <v>132</v>
       </c>
       <c r="J25" s="9" t="s">
         <v>112</v>
       </c>
       <c r="K25" s="12" t="s">
         <v>132</v>
       </c>
       <c r="L25" s="15">
         <v>41030</v>
       </c>
       <c r="M25" s="16">
         <v>401768</v>
       </c>
       <c r="N25" s="13"/>
       <c r="O25" s="14"/>
     </row>
-    <row r="26" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A26" s="9" t="s">
         <v>27</v>
       </c>
       <c r="B26" s="9">
         <v>2</v>
       </c>
       <c r="C26" s="10" t="s">
         <v>28</v>
       </c>
       <c r="D26" s="10" t="s">
         <v>129</v>
       </c>
       <c r="E26" s="11">
         <v>3019</v>
       </c>
       <c r="F26" s="9" t="s">
         <v>53</v>
       </c>
       <c r="G26" s="12" t="s">
         <v>132</v>
       </c>
       <c r="H26" s="9" t="s">
         <v>82</v>
       </c>
       <c r="I26" s="12" t="s">
         <v>132</v>
       </c>
       <c r="J26" s="9" t="s">
         <v>113</v>
       </c>
       <c r="K26" s="12" t="s">
         <v>132</v>
       </c>
       <c r="L26" s="15">
         <v>41030</v>
       </c>
       <c r="M26" s="16">
         <v>401768</v>
       </c>
       <c r="N26" s="13"/>
       <c r="O26" s="14"/>
     </row>
-    <row r="27" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A27" s="9" t="s">
         <v>27</v>
       </c>
       <c r="B27" s="9">
         <v>2</v>
       </c>
       <c r="C27" s="10" t="s">
         <v>28</v>
       </c>
       <c r="D27" s="11" t="s">
         <v>129</v>
       </c>
       <c r="E27" s="11">
         <v>3020</v>
       </c>
       <c r="F27" s="9" t="s">
         <v>54</v>
       </c>
       <c r="G27" s="12" t="s">
         <v>132</v>
       </c>
       <c r="H27" s="9" t="s">
         <v>83</v>
       </c>
       <c r="I27" s="12" t="s">
         <v>132</v>
       </c>
       <c r="J27" s="9" t="s">
         <v>114</v>
       </c>
       <c r="K27" s="12" t="s">
         <v>132</v>
       </c>
       <c r="L27" s="15">
         <v>41030</v>
       </c>
       <c r="M27" s="16">
         <v>401768</v>
       </c>
       <c r="N27" s="13"/>
       <c r="O27" s="14"/>
     </row>
-    <row r="28" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A28" s="9" t="s">
         <v>27</v>
       </c>
       <c r="B28" s="9">
         <v>2</v>
       </c>
       <c r="C28" s="10" t="s">
         <v>28</v>
       </c>
       <c r="D28" s="11" t="s">
         <v>129</v>
       </c>
       <c r="E28" s="11">
         <v>3021</v>
       </c>
       <c r="F28" s="9" t="s">
         <v>55</v>
       </c>
       <c r="G28" s="12" t="s">
         <v>132</v>
       </c>
       <c r="H28" s="9" t="s">
         <v>84</v>
       </c>
       <c r="I28" s="12" t="s">
         <v>132</v>
       </c>
       <c r="J28" s="9" t="s">
         <v>115</v>
       </c>
       <c r="K28" s="12" t="s">
         <v>132</v>
       </c>
       <c r="L28" s="15">
         <v>41030</v>
       </c>
       <c r="M28" s="16">
         <v>401768</v>
       </c>
       <c r="N28" s="13"/>
       <c r="O28" s="14"/>
     </row>
-    <row r="29" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A29" s="9" t="s">
         <v>27</v>
       </c>
       <c r="B29" s="9">
         <v>2</v>
       </c>
       <c r="C29" s="10" t="s">
         <v>28</v>
       </c>
       <c r="D29" s="11" t="s">
         <v>129</v>
       </c>
       <c r="E29" s="11">
         <v>3022</v>
       </c>
       <c r="F29" s="9" t="s">
         <v>56</v>
       </c>
       <c r="G29" s="12" t="s">
         <v>132</v>
       </c>
       <c r="H29" s="9" t="s">
         <v>85</v>
       </c>
       <c r="I29" s="12" t="s">
         <v>132</v>
       </c>
       <c r="J29" s="9" t="s">
         <v>116</v>
       </c>
       <c r="K29" s="12" t="s">
         <v>132</v>
       </c>
       <c r="L29" s="15">
         <v>41030</v>
       </c>
       <c r="M29" s="16">
         <v>401768</v>
       </c>
       <c r="N29" s="13"/>
       <c r="O29" s="14"/>
     </row>
-    <row r="30" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A30" s="9" t="s">
         <v>27</v>
       </c>
       <c r="B30" s="9">
         <v>2</v>
       </c>
       <c r="C30" s="10" t="s">
         <v>28</v>
       </c>
       <c r="D30" s="11" t="s">
         <v>129</v>
       </c>
       <c r="E30" s="11">
         <v>3023</v>
       </c>
       <c r="F30" s="9" t="s">
         <v>57</v>
       </c>
       <c r="G30" s="12" t="s">
         <v>132</v>
       </c>
       <c r="H30" s="9" t="s">
         <v>86</v>
       </c>
       <c r="I30" s="12" t="s">
         <v>132</v>
       </c>
       <c r="J30" s="9" t="s">
         <v>117</v>
       </c>
       <c r="K30" s="12" t="s">
         <v>132</v>
       </c>
       <c r="L30" s="15">
         <v>41030</v>
       </c>
       <c r="M30" s="16">
         <v>401768</v>
       </c>
       <c r="N30" s="13"/>
       <c r="O30" s="14"/>
     </row>
-    <row r="31" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:15" ht="26.5" x14ac:dyDescent="0.3">
       <c r="A31" s="9" t="s">
         <v>27</v>
       </c>
       <c r="B31" s="9">
         <v>2</v>
       </c>
       <c r="C31" s="10" t="s">
         <v>28</v>
       </c>
       <c r="D31" s="11" t="s">
         <v>129</v>
       </c>
       <c r="E31" s="11">
         <v>3024</v>
       </c>
       <c r="F31" s="9" t="s">
         <v>58</v>
       </c>
       <c r="G31" s="12" t="s">
         <v>132</v>
       </c>
       <c r="H31" s="9" t="s">
         <v>87</v>
       </c>
       <c r="I31" s="12" t="s">
         <v>132</v>
       </c>
       <c r="J31" s="9" t="s">
         <v>118</v>
       </c>
       <c r="K31" s="12" t="s">
         <v>132</v>
       </c>
       <c r="L31" s="15">
         <v>41030</v>
       </c>
       <c r="M31" s="16">
         <v>401768</v>
       </c>
       <c r="N31" s="13"/>
       <c r="O31" s="14"/>
     </row>
-    <row r="32" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A32" s="9" t="s">
         <v>27</v>
       </c>
       <c r="B32" s="9">
         <v>2</v>
       </c>
       <c r="C32" s="10" t="s">
         <v>28</v>
       </c>
       <c r="D32" s="10" t="s">
         <v>129</v>
       </c>
       <c r="E32" s="11">
         <v>3027</v>
       </c>
       <c r="F32" s="9" t="s">
         <v>59</v>
       </c>
       <c r="G32" s="12" t="s">
         <v>132</v>
       </c>
       <c r="H32" s="9" t="s">
         <v>88</v>
       </c>
       <c r="I32" s="12" t="s">
         <v>132</v>
       </c>
       <c r="J32" s="9" t="s">
         <v>119</v>
       </c>
       <c r="K32" s="12" t="s">
         <v>132</v>
       </c>
       <c r="L32" s="15">
         <v>41030</v>
       </c>
       <c r="M32" s="16">
         <v>401768</v>
       </c>
       <c r="N32" s="13"/>
       <c r="O32" s="14"/>
     </row>
-    <row r="33" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:15" ht="26.5" x14ac:dyDescent="0.3">
       <c r="A33" s="9" t="s">
         <v>27</v>
       </c>
       <c r="B33" s="9">
         <v>2</v>
       </c>
       <c r="C33" s="10" t="s">
         <v>28</v>
       </c>
       <c r="D33" s="10" t="s">
         <v>129</v>
       </c>
       <c r="E33" s="11">
         <v>3028</v>
       </c>
       <c r="F33" s="9" t="s">
         <v>60</v>
       </c>
       <c r="G33" s="12" t="s">
         <v>132</v>
       </c>
       <c r="H33" s="9" t="s">
         <v>89</v>
       </c>
       <c r="I33" s="12" t="s">
         <v>132</v>
       </c>
       <c r="J33" s="9" t="s">
         <v>120</v>
       </c>
       <c r="K33" s="12" t="s">
         <v>132</v>
       </c>
       <c r="L33" s="15">
         <v>44007</v>
       </c>
       <c r="M33" s="16">
         <v>44136</v>
       </c>
       <c r="N33" s="13"/>
       <c r="O33" s="14"/>
     </row>
-    <row r="34" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A34" s="9" t="s">
         <v>27</v>
       </c>
       <c r="B34" s="9">
         <v>2</v>
       </c>
       <c r="C34" s="10" t="s">
         <v>28</v>
       </c>
       <c r="D34" s="10" t="s">
         <v>129</v>
       </c>
       <c r="E34" s="11">
         <v>3998</v>
       </c>
       <c r="F34" s="9" t="s">
         <v>61</v>
       </c>
       <c r="G34" s="12" t="s">
         <v>132</v>
       </c>
       <c r="H34" s="9" t="s">
         <v>90</v>
       </c>
       <c r="I34" s="12" t="s">
         <v>132</v>
       </c>
       <c r="J34" s="9" t="s">
         <v>121</v>
       </c>
       <c r="K34" s="12" t="s">
         <v>132</v>
       </c>
       <c r="L34" s="15">
         <v>41030</v>
       </c>
       <c r="M34" s="16">
         <v>401768</v>
       </c>
       <c r="N34" s="13"/>
       <c r="O34" s="14"/>
     </row>
-    <row r="35" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A35" s="9" t="s">
         <v>27</v>
       </c>
       <c r="B35" s="9">
         <v>2</v>
       </c>
       <c r="C35" s="10" t="s">
         <v>28</v>
       </c>
       <c r="D35" s="10" t="s">
         <v>129</v>
       </c>
       <c r="E35" s="11">
         <v>3999</v>
       </c>
       <c r="F35" s="9" t="s">
         <v>62</v>
       </c>
       <c r="G35" s="12" t="s">
         <v>132</v>
       </c>
       <c r="H35" s="9" t="s">
         <v>91</v>
       </c>
       <c r="I35" s="12" t="s">
@@ -2550,140 +2562,142 @@
       </c>
       <c r="L35" s="15">
         <v>41030</v>
       </c>
       <c r="M35" s="16">
         <v>401768</v>
       </c>
       <c r="N35" s="13"/>
       <c r="O35" s="14"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:O35" xr:uid="{2F536C3B-628F-456A-BC3F-D2C4EA91EDEA}"/>
   <phoneticPr fontId="1" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BF9AFC92-F6CC-494C-B400-B86275F7CF41}">
   <sheetPr>
     <tabColor rgb="FF2DA0AD"/>
   </sheetPr>
   <dimension ref="A1:L2"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" workbookViewId="0"/>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="A2" sqref="A2"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="8.7109375" defaultRowHeight="12.75" outlineLevelCol="1" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="8.69921875" defaultRowHeight="13.25" outlineLevelCol="1" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="10" style="32" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="55.7109375" style="1" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="11" max="11" width="9.85546875" style="26" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="55.69921875" style="1" customWidth="1"/>
+    <col min="3" max="4" width="55.69921875" style="1" customWidth="1" outlineLevel="1"/>
+    <col min="5" max="5" width="13.8984375" style="33" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="13.59765625" style="33" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="15.59765625" style="26" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="30.296875" style="26" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="8.09765625" style="26" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="19.296875" style="26" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="9.8984375" style="26" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="15" style="33" bestFit="1" customWidth="1"/>
-    <col min="13" max="16384" width="8.7109375" style="26"/>
+    <col min="13" max="16384" width="8.69921875" style="26"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A1" s="34" t="s">
         <v>131</v>
       </c>
       <c r="B1" s="35" t="s">
         <v>17</v>
       </c>
       <c r="C1" s="35" t="s">
         <v>18</v>
       </c>
       <c r="D1" s="35" t="s">
         <v>19</v>
       </c>
       <c r="E1" s="36" t="s">
         <v>13</v>
       </c>
       <c r="F1" s="36" t="s">
         <v>14</v>
       </c>
       <c r="G1" s="37" t="s">
         <v>15</v>
       </c>
       <c r="H1" s="37" t="s">
         <v>20</v>
       </c>
       <c r="I1" s="37" t="s">
         <v>21</v>
       </c>
       <c r="J1" s="37" t="s">
         <v>22</v>
       </c>
       <c r="K1" s="37" t="s">
         <v>134</v>
       </c>
       <c r="L1" s="36" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="2" spans="1:12" ht="25.5" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A2" s="28" t="s">
         <v>28</v>
       </c>
       <c r="B2" s="29" t="s">
         <v>29</v>
       </c>
       <c r="C2" s="29" t="s">
         <v>30</v>
       </c>
       <c r="D2" s="29" t="s">
         <v>31</v>
       </c>
       <c r="E2" s="30">
         <v>41030</v>
       </c>
       <c r="F2" s="30">
         <v>401768</v>
       </c>
       <c r="G2" s="31"/>
       <c r="H2" s="31" t="s">
         <v>127</v>
       </c>
       <c r="I2" s="31" t="s">
         <v>128</v>
       </c>
       <c r="J2" s="31" t="s">
         <v>24</v>
       </c>
       <c r="K2" s="28" t="s">
         <v>135</v>
       </c>
       <c r="L2" s="27">
-        <v>45996</v>
+        <v>45726</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:L2" xr:uid="{BF9AFC92-F6CC-494C-B400-B86275F7CF41}"/>
   <phoneticPr fontId="1" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{40f20d95-30f1-4757-92d7-5495691a0c29}" enabled="1" method="Privileged" siteId="{98616167-5668-4e66-acbf-925e81df8b00}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
@@ -2725,38 +2739,41 @@
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_9315f82f-3182-4d27-adf8-c794307e8edf_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_9315f82f-3182-4d27-adf8-c794307e8edf_SetDate">
     <vt:lpwstr>2025-12-05T12:08:17Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_9315f82f-3182-4d27-adf8-c794307e8edf_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_9315f82f-3182-4d27-adf8-c794307e8edf_Name">
     <vt:lpwstr>Öffentlich (E)</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_9315f82f-3182-4d27-adf8-c794307e8edf_SiteId">
     <vt:lpwstr>96e5b9ed-5716-4cf3-ac0c-9c12acfa73c3</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_9315f82f-3182-4d27-adf8-c794307e8edf_ActionId">
     <vt:lpwstr>341efb03-1be9-4157-90d8-3dd19954b894</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_9315f82f-3182-4d27-adf8-c794307e8edf_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_9315f82f-3182-4d27-adf8-c794307e8edf_Tag">
     <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="_AdHocReviewCycleID">
-    <vt:i4>-23366591</vt:i4>
+    <vt:i4>-1222255440</vt:i4>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="_EmailSubject">
-    <vt:lpwstr>Tarife zum publizieren</vt:lpwstr>
+    <vt:lpwstr>Aktualisierung Homepage - Antwortcodes und Tarife</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="_AuthorEmail">
     <vt:lpwstr>gregor.ineichen@helsana.ch</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="_AuthorEmailDisplayName">
     <vt:lpwstr>Ineichen Gregor</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="_PreviousAdHocReviewCycleID">
+    <vt:i4>-23366591</vt:i4>
+  </property>
 </Properties>
 </file>