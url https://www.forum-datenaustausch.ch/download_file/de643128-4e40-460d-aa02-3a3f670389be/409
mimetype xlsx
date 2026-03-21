--- v0 (2026-02-04)
+++ v1 (2026-03-21)
@@ -1,89 +1,89 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\hkj5p\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{297183D5-5FF3-445B-AAE3-28885DE7CDDC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{3246F8AE-B751-4230-B2D0-C209B4D7E9AB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-104" yWindow="-104" windowWidth="22326" windowHeight="11924" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="tariff" sheetId="17" r:id="rId1"/>
     <sheet name="tariff_information" sheetId="7" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">tariff!$A$1:$O$15</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">tariff_information!$A$1:$L$2</definedName>
   </definedNames>
-  <calcPr calcId="191029"/>
+  <calcPr calcId="191029" iterate="1"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="172" uniqueCount="90">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="172" uniqueCount="92">
   <si>
     <t>Pflegeleistungen ambulant</t>
   </si>
   <si>
     <t>Prestations de soins ambulatoire</t>
   </si>
   <si>
     <t>KVG</t>
   </si>
   <si>
     <t>prio.swiss, Spitex Schweiz</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
     <t>Massnahmen der Abklärung, Beratung und Koordination nach Art. 7a Abs. 1 Bst a KLV</t>
   </si>
   <si>
     <t>Massnahmen der Grundpflege nach Art. 7a Abs. 1 Bst c KLV</t>
   </si>
   <si>
     <t>Massnahmen der Abklärung, Beratung und Koordination für psychiatrische Leistungen nach Art. 7a Abs. 1 Bst a KLV</t>
   </si>
   <si>
@@ -309,50 +309,56 @@
     <t>Der Preis pro Minute, abgeleitet aus dem Preis pro Stunde von CHF 79.80 gemäss KLV.</t>
   </si>
   <si>
     <t>Le prix par minute, dérivé du prix par heure de CHF 79.80 conformément à la KLV.</t>
   </si>
   <si>
     <t>Il prezzo al minuto, derivato dal prezzo all’ora di CHF 79.80 secondo la KLV.</t>
   </si>
   <si>
     <t>Preis pro Minute, abgeleitet aus Preis pro Stunde von CHF 65.40 gemäss KLV.</t>
   </si>
   <si>
     <t>Le prix par minute, dérivé du prix par heure de CHF 65.40 conformément à la KLV.</t>
   </si>
   <si>
     <t>Il prezzo al minuto, derivato dal prezzo all’ora di CHF 65.40 secondo la KLV.</t>
   </si>
   <si>
     <t>Preis pro Minute, abgeleitet aus Preis pro Stunde von CHF 54.60 gemäss KLV.</t>
   </si>
   <si>
     <t>Le prix par minute, dérivé du prix par heure de CHF 54.60 conformément à la KLV.</t>
   </si>
   <si>
     <t>Il prezzo al minuto, derivato dal prezzo all’ora di CHF 54.60 secondo la KLV.</t>
+  </si>
+  <si>
+    <t>Preis pro Minute, abgeleitet aus dem Preis pro Stunde von CHF 52.60 gemäss KLV.</t>
+  </si>
+  <si>
+    <t>Preis pro Minute, abgeleitet aus dem Preis pro Stunde von CHF 63.00 gemäss KLV.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="0.0000000000"/>
     <numFmt numFmtId="165" formatCode="yyyy\-mm\-dd;@"/>
   </numFmts>
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -368,71 +374,77 @@
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="5">
+  <fills count="6">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="8"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF2DA0AD"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="5">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
@@ -466,51 +478,51 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="38">
+  <cellXfs count="39">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="4" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="4" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="4" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
@@ -571,50 +583,53 @@
     </xf>
     <xf numFmtId="165" fontId="4" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="165" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="4" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="6" fillId="4" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle name="Akzent5 2" xfId="1" xr:uid="{FD61DE6E-EE9C-4EE8-9F18-05655D58334F}"/>
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
     <cellStyle name="Standard 2" xfId="2" xr:uid="{F0DF3EC4-5476-4B13-89D3-4C233E788A9B}"/>
     <cellStyle name="Standard 2 2" xfId="4" xr:uid="{3A00E362-03E0-491E-BAF4-8E69538C568D}"/>
     <cellStyle name="Standard 3" xfId="5" xr:uid="{C46240B3-106A-473F-9E11-A32511D08FE6}"/>
     <cellStyle name="Standard 6" xfId="3" xr:uid="{B9FF1BA1-23B1-4603-BF6C-D330AF92A6FB}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF2DA0AD"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
@@ -874,872 +889,872 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2F536C3B-628F-456A-BC3F-D2C4EA91EDEA}">
   <sheetPr>
     <tabColor rgb="FF2DA0AD"/>
   </sheetPr>
   <dimension ref="A1:O15"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="B1" zoomScaleNormal="100" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="8.85546875" defaultRowHeight="12.75" outlineLevelCol="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="8.8984375" defaultRowHeight="13.25" outlineLevelCol="1" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="6.7109375" style="1" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="16" max="16384" width="8.85546875" style="1"/>
+    <col min="1" max="1" width="6.69921875" style="1" customWidth="1"/>
+    <col min="2" max="2" width="6.69921875" style="1" customWidth="1" outlineLevel="1"/>
+    <col min="3" max="5" width="12.69921875" style="17" customWidth="1"/>
+    <col min="6" max="6" width="55.69921875" style="1" customWidth="1"/>
+    <col min="7" max="7" width="100.69921875" style="1" customWidth="1" outlineLevel="1"/>
+    <col min="8" max="8" width="55.69921875" style="1" customWidth="1"/>
+    <col min="9" max="9" width="100.69921875" style="1" customWidth="1" outlineLevel="1"/>
+    <col min="10" max="10" width="55.69921875" style="1" customWidth="1"/>
+    <col min="11" max="11" width="100.69921875" style="1" customWidth="1" outlineLevel="1"/>
+    <col min="12" max="12" width="11.8984375" style="19" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="11.8984375" style="20" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="14.69921875" style="1" customWidth="1"/>
+    <col min="15" max="15" width="14.69921875" style="18" customWidth="1"/>
+    <col min="16" max="16384" width="8.8984375" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A1" s="21" t="s">
         <v>29</v>
       </c>
       <c r="B1" s="21" t="s">
         <v>31</v>
       </c>
       <c r="C1" s="22" t="s">
         <v>67</v>
       </c>
       <c r="D1" s="22" t="s">
         <v>32</v>
       </c>
       <c r="E1" s="22" t="s">
         <v>33</v>
       </c>
       <c r="F1" s="21" t="s">
         <v>34</v>
       </c>
       <c r="G1" s="21" t="s">
         <v>35</v>
       </c>
       <c r="H1" s="21" t="s">
         <v>36</v>
       </c>
       <c r="I1" s="21" t="s">
         <v>37</v>
       </c>
       <c r="J1" s="21" t="s">
         <v>38</v>
       </c>
       <c r="K1" s="21" t="s">
         <v>39</v>
       </c>
       <c r="L1" s="23" t="s">
         <v>40</v>
       </c>
       <c r="M1" s="24" t="s">
         <v>41</v>
       </c>
       <c r="N1" s="25" t="s">
         <v>42</v>
       </c>
       <c r="O1" s="25" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="2" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A2" s="2" t="s">
         <v>52</v>
       </c>
       <c r="B2" s="2">
         <v>1</v>
       </c>
       <c r="C2" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="4"/>
       <c r="F2" s="2" t="s">
         <v>0</v>
       </c>
       <c r="G2" s="5" t="s">
         <v>78</v>
       </c>
       <c r="H2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="I2" s="5" t="s">
         <v>78</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K2" s="5" t="s">
         <v>78</v>
       </c>
       <c r="L2" s="7">
         <v>40544</v>
       </c>
       <c r="M2" s="8">
         <v>401768</v>
       </c>
       <c r="N2" s="6"/>
       <c r="O2" s="6"/>
     </row>
-    <row r="3" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A3" s="2" t="s">
         <v>53</v>
       </c>
       <c r="B3" s="2">
         <v>1</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D3" s="3" t="s">
         <v>79</v>
       </c>
       <c r="E3" s="4"/>
       <c r="F3" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>58</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>57</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>56</v>
       </c>
       <c r="L3" s="7">
         <v>40544</v>
       </c>
       <c r="M3" s="8">
         <v>401768</v>
       </c>
       <c r="N3" s="6"/>
       <c r="O3" s="6"/>
     </row>
-    <row r="4" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:15" ht="26.5" x14ac:dyDescent="0.3">
       <c r="A4" s="9" t="s">
         <v>54</v>
       </c>
       <c r="B4" s="9">
         <v>2</v>
       </c>
       <c r="C4" s="10" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="10" t="s">
         <v>66</v>
       </c>
       <c r="E4" s="11">
         <v>53201</v>
       </c>
       <c r="F4" s="9" t="s">
         <v>5</v>
       </c>
       <c r="G4" s="12" t="s">
         <v>81</v>
       </c>
       <c r="H4" s="9" t="s">
         <v>13</v>
       </c>
       <c r="I4" s="12" t="s">
         <v>82</v>
       </c>
       <c r="J4" s="9" t="s">
         <v>59</v>
       </c>
       <c r="K4" s="12" t="s">
         <v>83</v>
       </c>
       <c r="L4" s="15">
         <v>40544</v>
       </c>
       <c r="M4" s="16">
         <v>43830</v>
       </c>
       <c r="N4" s="13" t="s">
         <v>55</v>
       </c>
       <c r="O4" s="14">
         <v>1.33</v>
       </c>
     </row>
-    <row r="5" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:15" ht="26.5" x14ac:dyDescent="0.3">
       <c r="A5" s="9" t="s">
         <v>54</v>
       </c>
       <c r="B5" s="9">
         <v>2</v>
       </c>
       <c r="C5" s="10" t="s">
         <v>4</v>
       </c>
       <c r="D5" s="10" t="s">
         <v>66</v>
       </c>
       <c r="E5" s="11">
         <v>53201</v>
       </c>
       <c r="F5" s="9" t="s">
         <v>5</v>
       </c>
       <c r="G5" s="12" t="s">
         <v>68</v>
       </c>
       <c r="H5" s="9" t="s">
         <v>13</v>
       </c>
       <c r="I5" s="12" t="s">
         <v>72</v>
       </c>
       <c r="J5" s="9" t="s">
         <v>59</v>
       </c>
       <c r="K5" s="12" t="s">
         <v>75</v>
       </c>
       <c r="L5" s="15">
         <v>43831</v>
       </c>
       <c r="M5" s="16">
         <v>401768</v>
       </c>
       <c r="N5" s="13" t="s">
         <v>55</v>
       </c>
       <c r="O5" s="14">
         <v>1.2816666667000001</v>
       </c>
     </row>
-    <row r="6" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:15" ht="26.5" x14ac:dyDescent="0.3">
       <c r="A6" s="9" t="s">
         <v>54</v>
       </c>
       <c r="B6" s="9">
         <v>2</v>
       </c>
       <c r="C6" s="10" t="s">
         <v>4</v>
       </c>
       <c r="D6" s="10" t="s">
         <v>66</v>
       </c>
       <c r="E6" s="11">
         <v>53202</v>
       </c>
       <c r="F6" s="9" t="s">
         <v>16</v>
       </c>
       <c r="G6" s="12" t="s">
         <v>84</v>
       </c>
       <c r="H6" s="9" t="s">
         <v>14</v>
       </c>
       <c r="I6" s="12" t="s">
         <v>85</v>
       </c>
       <c r="J6" s="9" t="s">
         <v>60</v>
       </c>
       <c r="K6" s="12" t="s">
         <v>86</v>
       </c>
       <c r="L6" s="15">
         <v>40544</v>
       </c>
       <c r="M6" s="16">
         <v>43830</v>
       </c>
       <c r="N6" s="13" t="s">
         <v>55</v>
       </c>
       <c r="O6" s="14">
         <v>1.0900000000000001</v>
       </c>
     </row>
-    <row r="7" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:15" ht="26.5" x14ac:dyDescent="0.3">
       <c r="A7" s="9" t="s">
         <v>54</v>
       </c>
       <c r="B7" s="9">
         <v>2</v>
       </c>
       <c r="C7" s="10" t="s">
         <v>4</v>
       </c>
       <c r="D7" s="10" t="s">
         <v>66</v>
       </c>
       <c r="E7" s="11">
         <v>53202</v>
       </c>
       <c r="F7" s="9" t="s">
         <v>16</v>
       </c>
       <c r="G7" s="12" t="s">
         <v>69</v>
       </c>
       <c r="H7" s="9" t="s">
         <v>14</v>
       </c>
       <c r="I7" s="12" t="s">
         <v>73</v>
       </c>
       <c r="J7" s="9" t="s">
         <v>60</v>
       </c>
       <c r="K7" s="12" t="s">
         <v>76</v>
       </c>
       <c r="L7" s="15">
         <v>43831</v>
       </c>
       <c r="M7" s="16">
         <v>401768</v>
       </c>
       <c r="N7" s="13" t="s">
         <v>55</v>
       </c>
       <c r="O7" s="14">
         <v>1.05</v>
       </c>
     </row>
-    <row r="8" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A8" s="9" t="s">
         <v>54</v>
       </c>
       <c r="B8" s="9">
         <v>2</v>
       </c>
       <c r="C8" s="10" t="s">
         <v>4</v>
       </c>
       <c r="D8" s="10" t="s">
         <v>66</v>
       </c>
       <c r="E8" s="11">
         <v>53203</v>
       </c>
       <c r="F8" s="9" t="s">
         <v>6</v>
       </c>
       <c r="G8" s="12" t="s">
         <v>87</v>
       </c>
       <c r="H8" s="9" t="s">
         <v>15</v>
       </c>
       <c r="I8" s="12" t="s">
         <v>88</v>
       </c>
       <c r="J8" s="9" t="s">
         <v>61</v>
       </c>
       <c r="K8" s="12" t="s">
         <v>89</v>
       </c>
       <c r="L8" s="15">
         <v>40544</v>
       </c>
       <c r="M8" s="16">
         <v>43830</v>
       </c>
       <c r="N8" s="13" t="s">
         <v>55</v>
       </c>
       <c r="O8" s="14">
         <v>0.91</v>
       </c>
     </row>
-    <row r="9" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A9" s="9" t="s">
         <v>54</v>
       </c>
       <c r="B9" s="9">
         <v>2</v>
       </c>
       <c r="C9" s="10" t="s">
         <v>4</v>
       </c>
       <c r="D9" s="10" t="s">
         <v>66</v>
       </c>
       <c r="E9" s="11">
         <v>53203</v>
       </c>
       <c r="F9" s="9" t="s">
         <v>6</v>
       </c>
       <c r="G9" s="12" t="s">
         <v>70</v>
       </c>
       <c r="H9" s="9" t="s">
         <v>15</v>
       </c>
       <c r="I9" s="12" t="s">
         <v>74</v>
       </c>
       <c r="J9" s="9" t="s">
         <v>61</v>
       </c>
       <c r="K9" s="12" t="s">
         <v>77</v>
       </c>
       <c r="L9" s="15">
         <v>43831</v>
       </c>
       <c r="M9" s="16">
         <v>401768</v>
       </c>
       <c r="N9" s="13" t="s">
         <v>55</v>
       </c>
       <c r="O9" s="14">
         <v>0.87666666670000004</v>
       </c>
     </row>
-    <row r="10" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:15" ht="26.5" x14ac:dyDescent="0.3">
       <c r="A10" s="9" t="s">
         <v>54</v>
       </c>
       <c r="B10" s="9">
         <v>2</v>
       </c>
       <c r="C10" s="10" t="s">
         <v>4</v>
       </c>
       <c r="D10" s="10" t="s">
         <v>66</v>
       </c>
       <c r="E10" s="11">
         <v>53221</v>
       </c>
       <c r="F10" s="9" t="s">
         <v>7</v>
       </c>
       <c r="G10" s="12" t="s">
         <v>71</v>
       </c>
       <c r="H10" s="9" t="s">
         <v>17</v>
       </c>
       <c r="I10" s="12" t="s">
         <v>72</v>
       </c>
       <c r="J10" s="9" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="12" t="s">
         <v>75</v>
       </c>
       <c r="L10" s="15">
         <v>46023</v>
       </c>
       <c r="M10" s="16">
         <v>401768</v>
       </c>
       <c r="N10" s="13" t="s">
         <v>55</v>
       </c>
       <c r="O10" s="14">
         <v>1.2816666667000001</v>
       </c>
     </row>
-    <row r="11" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:15" ht="26.5" x14ac:dyDescent="0.3">
       <c r="A11" s="9" t="s">
         <v>54</v>
       </c>
       <c r="B11" s="9">
         <v>2</v>
       </c>
       <c r="C11" s="10" t="s">
         <v>4</v>
       </c>
       <c r="D11" s="11" t="s">
         <v>66</v>
       </c>
       <c r="E11" s="11" t="s">
         <v>30</v>
       </c>
       <c r="F11" s="9" t="s">
         <v>8</v>
       </c>
-      <c r="G11" s="12" t="s">
-        <v>71</v>
+      <c r="G11" s="38" t="s">
+        <v>91</v>
       </c>
       <c r="H11" s="9" t="s">
         <v>20</v>
       </c>
-      <c r="I11" s="12" t="s">
-        <v>72</v>
+      <c r="I11" s="38" t="s">
+        <v>73</v>
       </c>
       <c r="J11" s="9" t="s">
         <v>22</v>
       </c>
-      <c r="K11" s="12" t="s">
-        <v>75</v>
+      <c r="K11" s="38" t="s">
+        <v>76</v>
       </c>
       <c r="L11" s="15">
         <v>46023</v>
       </c>
       <c r="M11" s="16">
         <v>401768</v>
       </c>
       <c r="N11" s="13" t="s">
         <v>55</v>
       </c>
       <c r="O11" s="14">
         <v>1.05</v>
       </c>
     </row>
-    <row r="12" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:15" ht="26.5" x14ac:dyDescent="0.3">
       <c r="A12" s="9" t="s">
         <v>54</v>
       </c>
       <c r="B12" s="9">
         <v>2</v>
       </c>
       <c r="C12" s="10" t="s">
         <v>4</v>
       </c>
       <c r="D12" s="11" t="s">
         <v>66</v>
       </c>
       <c r="E12" s="11">
         <v>53223</v>
       </c>
       <c r="F12" s="9" t="s">
         <v>9</v>
       </c>
-      <c r="G12" s="12" t="s">
-        <v>71</v>
+      <c r="G12" s="38" t="s">
+        <v>90</v>
       </c>
       <c r="H12" s="9" t="s">
         <v>23</v>
       </c>
-      <c r="I12" s="12" t="s">
-        <v>72</v>
+      <c r="I12" s="38" t="s">
+        <v>74</v>
       </c>
       <c r="J12" s="9" t="s">
         <v>62</v>
       </c>
-      <c r="K12" s="12" t="s">
-        <v>75</v>
+      <c r="K12" s="38" t="s">
+        <v>77</v>
       </c>
       <c r="L12" s="15">
         <v>46023</v>
       </c>
       <c r="M12" s="16">
         <v>401768</v>
       </c>
       <c r="N12" s="13" t="s">
         <v>55</v>
       </c>
       <c r="O12" s="14">
         <v>0.87666666670000004</v>
       </c>
     </row>
-    <row r="13" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:15" ht="26.5" x14ac:dyDescent="0.3">
       <c r="A13" s="9" t="s">
         <v>54</v>
       </c>
       <c r="B13" s="9">
         <v>2</v>
       </c>
       <c r="C13" s="10" t="s">
         <v>4</v>
       </c>
       <c r="D13" s="11" t="s">
         <v>66</v>
       </c>
       <c r="E13" s="11">
         <v>53231</v>
       </c>
       <c r="F13" s="9" t="s">
         <v>10</v>
       </c>
       <c r="G13" s="12" t="s">
         <v>71</v>
       </c>
       <c r="H13" s="9" t="s">
         <v>19</v>
       </c>
       <c r="I13" s="12" t="s">
         <v>72</v>
       </c>
       <c r="J13" s="9" t="s">
         <v>63</v>
       </c>
       <c r="K13" s="12" t="s">
         <v>75</v>
       </c>
       <c r="L13" s="15">
         <v>46023</v>
       </c>
       <c r="M13" s="16">
         <v>401768</v>
       </c>
       <c r="N13" s="13" t="s">
         <v>55</v>
       </c>
       <c r="O13" s="14">
         <v>1.2816666667000001</v>
       </c>
     </row>
-    <row r="14" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:15" ht="26.5" x14ac:dyDescent="0.3">
       <c r="A14" s="9" t="s">
         <v>54</v>
       </c>
       <c r="B14" s="9">
         <v>2</v>
       </c>
       <c r="C14" s="10" t="s">
         <v>4</v>
       </c>
       <c r="D14" s="11" t="s">
         <v>66</v>
       </c>
       <c r="E14" s="11">
         <v>53232</v>
       </c>
       <c r="F14" s="9" t="s">
         <v>11</v>
       </c>
-      <c r="G14" s="12" t="s">
-        <v>71</v>
+      <c r="G14" s="38" t="s">
+        <v>91</v>
       </c>
       <c r="H14" s="9" t="s">
         <v>21</v>
       </c>
-      <c r="I14" s="12" t="s">
-        <v>72</v>
+      <c r="I14" s="38" t="s">
+        <v>73</v>
       </c>
       <c r="J14" s="9" t="s">
         <v>64</v>
       </c>
-      <c r="K14" s="12" t="s">
-        <v>75</v>
+      <c r="K14" s="38" t="s">
+        <v>76</v>
       </c>
       <c r="L14" s="15">
         <v>46023</v>
       </c>
       <c r="M14" s="16">
         <v>401768</v>
       </c>
       <c r="N14" s="13" t="s">
         <v>55</v>
       </c>
       <c r="O14" s="14">
         <v>1.05</v>
       </c>
     </row>
-    <row r="15" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A15" s="9" t="s">
         <v>54</v>
       </c>
       <c r="B15" s="9">
         <v>2</v>
       </c>
       <c r="C15" s="10" t="s">
         <v>4</v>
       </c>
       <c r="D15" s="11" t="s">
         <v>66</v>
       </c>
       <c r="E15" s="11">
         <v>53233</v>
       </c>
       <c r="F15" s="9" t="s">
         <v>12</v>
       </c>
-      <c r="G15" s="12" t="s">
-        <v>71</v>
+      <c r="G15" s="38" t="s">
+        <v>90</v>
       </c>
       <c r="H15" s="9" t="s">
         <v>24</v>
       </c>
-      <c r="I15" s="12" t="s">
-        <v>72</v>
+      <c r="I15" s="38" t="s">
+        <v>74</v>
       </c>
       <c r="J15" s="9" t="s">
         <v>65</v>
       </c>
-      <c r="K15" s="12" t="s">
-        <v>75</v>
+      <c r="K15" s="38" t="s">
+        <v>77</v>
       </c>
       <c r="L15" s="15">
         <v>46023</v>
       </c>
       <c r="M15" s="16">
         <v>401768</v>
       </c>
       <c r="N15" s="13" t="s">
         <v>55</v>
       </c>
       <c r="O15" s="14">
         <v>0.87666666670000004</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:O15" xr:uid="{2F536C3B-628F-456A-BC3F-D2C4EA91EDEA}"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A4:O9">
     <sortCondition ref="E4:E9"/>
     <sortCondition ref="L4:L9"/>
   </sortState>
   <phoneticPr fontId="1" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BF9AFC92-F6CC-494C-B400-B86275F7CF41}">
   <sheetPr>
     <tabColor rgb="FF2DA0AD"/>
   </sheetPr>
   <dimension ref="A1:L2"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" workbookViewId="0"/>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="L2" sqref="L2"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="8.7109375" defaultRowHeight="12.75" outlineLevelCol="1" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="8.69921875" defaultRowHeight="13.25" outlineLevelCol="1" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="10" style="32" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="55.7109375" style="1" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="11" max="11" width="9.85546875" style="26" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="55.69921875" style="1" customWidth="1"/>
+    <col min="3" max="4" width="55.69921875" style="1" customWidth="1" outlineLevel="1"/>
+    <col min="5" max="5" width="13.8984375" style="33" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="13.59765625" style="33" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="15.59765625" style="26" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="30.296875" style="26" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="8.09765625" style="26" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="19.296875" style="26" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="9.8984375" style="26" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="15" style="33" bestFit="1" customWidth="1"/>
-    <col min="13" max="16384" width="8.7109375" style="26"/>
+    <col min="13" max="16384" width="8.69921875" style="26"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A1" s="34" t="s">
         <v>67</v>
       </c>
       <c r="B1" s="35" t="s">
         <v>44</v>
       </c>
       <c r="C1" s="35" t="s">
         <v>45</v>
       </c>
       <c r="D1" s="35" t="s">
         <v>46</v>
       </c>
       <c r="E1" s="36" t="s">
         <v>40</v>
       </c>
       <c r="F1" s="36" t="s">
         <v>41</v>
       </c>
       <c r="G1" s="37" t="s">
         <v>42</v>
       </c>
       <c r="H1" s="37" t="s">
         <v>47</v>
       </c>
       <c r="I1" s="37" t="s">
         <v>48</v>
       </c>
       <c r="J1" s="37" t="s">
         <v>49</v>
       </c>
       <c r="K1" s="37" t="s">
         <v>80</v>
       </c>
       <c r="L1" s="36" t="s">
         <v>50</v>
       </c>
     </row>
-    <row r="2" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A2" s="30">
         <v>532</v>
       </c>
       <c r="B2" s="31" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="31" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="31" t="s">
         <v>25</v>
       </c>
       <c r="E2" s="28">
         <v>40544</v>
       </c>
       <c r="F2" s="28">
         <v>401768</v>
       </c>
       <c r="G2" s="27" t="s">
         <v>55</v>
       </c>
       <c r="H2" s="27" t="s">
         <v>3</v>
       </c>
       <c r="I2" s="27" t="s">
         <v>2</v>
       </c>
       <c r="J2" s="27" t="s">
         <v>51</v>
       </c>
       <c r="K2" s="29"/>
       <c r="L2" s="28">
-        <v>45996</v>
+        <v>46091</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:L2" xr:uid="{BF9AFC92-F6CC-494C-B400-B86275F7CF41}"/>
   <phoneticPr fontId="1" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{40f20d95-30f1-4757-92d7-5495691a0c29}" enabled="1" method="Privileged" siteId="{98616167-5668-4e66-acbf-925e81df8b00}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
@@ -1781,38 +1796,41 @@
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_9315f82f-3182-4d27-adf8-c794307e8edf_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_9315f82f-3182-4d27-adf8-c794307e8edf_SetDate">
     <vt:lpwstr>2025-12-05T11:58:54Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_9315f82f-3182-4d27-adf8-c794307e8edf_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_9315f82f-3182-4d27-adf8-c794307e8edf_Name">
     <vt:lpwstr>Öffentlich (E)</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_9315f82f-3182-4d27-adf8-c794307e8edf_SiteId">
     <vt:lpwstr>96e5b9ed-5716-4cf3-ac0c-9c12acfa73c3</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_9315f82f-3182-4d27-adf8-c794307e8edf_ActionId">
     <vt:lpwstr>8afa1e7d-682f-4943-a14c-b8cb3048eefa</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_9315f82f-3182-4d27-adf8-c794307e8edf_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_9315f82f-3182-4d27-adf8-c794307e8edf_Tag">
     <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="_AdHocReviewCycleID">
-    <vt:i4>1133417713</vt:i4>
+    <vt:i4>-1836990940</vt:i4>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="_EmailSubject">
-    <vt:lpwstr>Tarife zum publizieren</vt:lpwstr>
+    <vt:lpwstr>Aktualisierung Homepage - Antwortcodes und Tarife</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="_AuthorEmail">
     <vt:lpwstr>gregor.ineichen@helsana.ch</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="_AuthorEmailDisplayName">
     <vt:lpwstr>Ineichen Gregor</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="_PreviousAdHocReviewCycleID">
+    <vt:i4>1133417713</vt:i4>
+  </property>
 </Properties>
 </file>